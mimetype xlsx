--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -590,56 +590,56 @@
   <x:si>
     <x:t>Manager des achats et de la supply chain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations et processus logistiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Isteli - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-14e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager des organisations logistiques</x:t>
   </x:si>
   <x:si>
     <x:t>Manager transport, logistique et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Manager transport, logistique et commerce international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
@@ -695,90 +695,90 @@
   <x:si>
     <x:t>Gestion stock</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Sorgues - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Avignon - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entreposage stockage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>13417</x:t>
-[...8 lines deleted...]
-    <x:t>LE PONTET CEDEX</x:t>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>10/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
@@ -3403,154 +3403,154 @@
       <x:c r="S34" s="14" t="n">
         <x:v>605726</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>550298</x:v>
+        <x:v>544251</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>544251</x:v>
+        <x:v>550298</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -3675,57 +3675,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>541387</x:v>
+        <x:v>608399</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>163</x:v>
@@ -3736,57 +3736,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>555027</x:v>
+        <x:v>608400</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -3796,57 +3796,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>608399</x:v>
+        <x:v>541387</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38496</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>163</x:v>
@@ -3857,164 +3857,164 @@
       <x:c r="K42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31660</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608400</x:v>
+        <x:v>555027</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36218</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602988</x:v>
+        <x:v>548950</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36218</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>499821</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36218</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4030,57 +4030,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>548950</x:v>
+        <x:v>602988</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39860</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4717,51 +4717,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>602989</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4892,51 +4892,51 @@
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>548963</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -4952,565 +4952,565 @@
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>524856</x:v>
+        <x:v>581824</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>579284</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>581824</x:v>
+        <x:v>524856</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>581823</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>581830</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>579146</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>581831</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>544536</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>524759</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>544551</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
@@ -6701,57 +6701,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547870</x:v>
+        <x:v>604387</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -6901,150 +6901,148 @@
         <x:v>602925</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>581153</x:v>
+        <x:v>547870</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>604387</x:v>
+        <x:v>602928</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7053,108 +7051,111 @@
       <x:c r="K98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>602928</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>548993</x:v>
+        <x:v>581153</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>266</x:v>
@@ -7168,294 +7169,295 @@
       <x:c r="J100" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>581152</x:v>
+        <x:v>601319</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>548995</x:v>
+        <x:v>602924</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>601319</x:v>
+        <x:v>602926</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>602924</x:v>
+        <x:v>581152</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>602926</x:v>
+        <x:v>548995</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>211</x:v>
       </x:c>