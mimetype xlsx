--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -173,137 +173,137 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation professionnelle continue</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>VALBONNE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
@@ -569,75 +569,75 @@
   <x:si>
     <x:t>Maitriser les outils numériques expertaux</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention électronique, énergie électrique, automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Électronique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
@@ -1399,51 +1399,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>596796</x:v>
+        <x:v>596797</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -1512,51 +1512,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>596797</x:v>
+        <x:v>596796</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>51</x:v>
@@ -1564,353 +1564,353 @@
       <x:c r="H6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>603428</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>603429</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="S10" s="14" t="n">
+        <x:v>603428</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1921,66 +1921,66 @@
       <x:c r="H12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
@@ -2357,236 +2357,236 @@
         <x:v>89</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592581</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592582</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592909</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
@@ -2663,284 +2663,284 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592911</x:v>
+        <x:v>592909</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592938</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592937</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592936</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37581</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>595605</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37578</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
@@ -3126,51 +3126,51 @@
       <x:c r="J35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
@@ -3294,51 +3294,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>599475</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -3348,51 +3348,51 @@
       <x:c r="J39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>545502</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
@@ -3863,280 +3863,280 @@
       <x:c r="K48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>549331</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -4175,109 +4175,109 @@
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>591876</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5030,81 +5030,81 @@
       <x:c r="R68" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>591994</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">