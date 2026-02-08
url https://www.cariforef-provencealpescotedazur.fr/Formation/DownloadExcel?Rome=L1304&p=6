--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -722,66 +722,66 @@
   <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Lumière et cadrage dans l'interview documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Film documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Son</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
@@ -2936,57 +2936,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>578963</x:v>
+        <x:v>606232</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -2995,57 +2995,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>606232</x:v>
+        <x:v>578963</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4402,171 +4402,171 @@
         <x:v>214</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>592096</x:v>
+        <x:v>592095</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>592097</x:v>
+        <x:v>592098</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>592095</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -4576,51 +4576,51 @@
       <x:c r="K57" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>592098</x:v>
+        <x:v>592097</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
@@ -4805,51 +4805,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>576148</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -4864,51 +4864,51 @@
       <x:c r="J62" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>576151</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -4921,51 +4921,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>576152</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -4980,51 +4980,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>576153</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -5037,51 +5037,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>240</x:v>
       </x:c>