--- v2 (2026-02-08)
+++ v3 (2026-02-09)
@@ -1757,132 +1757,132 @@
       <x:c r="R11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>595741</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>595743</x:v>
+        <x:v>595742</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>595742</x:v>
+        <x:v>595743</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>76</x:v>