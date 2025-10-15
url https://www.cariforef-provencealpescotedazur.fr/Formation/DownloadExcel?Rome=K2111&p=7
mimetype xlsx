--- v0 (2025-10-15)
+++ v1 (2025-10-15)
@@ -1937,59 +1937,59 @@
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GREOUX-LES-BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Maître d'apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2030 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>DIGNE LES BAINS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Permis de former - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2022 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de former actualisation</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de former recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans , Tuteur</x:t>
   </x:si>
   <x:si>
     <x:t>Prépa apprentissage - Trace ton avenir</x:t>
   </x:si>
   <x:si>
     <x:t>Etat</x:t>
@@ -2318,50 +2318,53 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agnès Amiez</x:t>
   </x:si>
   <x:si>
     <x:t>83910</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lightmap</x:t>
   </x:si>
   <x:si>
+    <x:t>12/12/2032 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ID FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>59800</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
@@ -2474,53 +2477,50 @@
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/12/2032 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Azs Formation - Azs School</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
@@ -2585,210 +2585,210 @@
   <x:si>
     <x:t>03/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ag2v Management</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Azur Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formations Compétences et Perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CASTELLET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Hyères Orientation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSHOR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assofac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activ Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma - CFA des 3 Caps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CROIX-VALMER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ideallis - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neo Sphere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h13 Marseille - My Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arobase Formations Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GASSIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formateur</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
-  </x:si>
-[...154 lines deleted...]
-    <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Boss Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
@@ -20760,495 +20760,495 @@
         <x:v>605</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>552518</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>286246</x:v>
+        <x:v>451529</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>286248</x:v>
+        <x:v>552502</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>552516</x:v>
+        <x:v>552504</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>451529</x:v>
+        <x:v>224241</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="S321" s="0" t="n">
+        <x:v>286247</x:v>
+      </x:c>
+      <x:c r="T321" s="4" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="U321" s="4" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>552504</x:v>
+        <x:v>286250</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>224241</x:v>
+        <x:v>286246</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>286247</x:v>
+        <x:v>286248</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>286250</x:v>
+        <x:v>552516</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
@@ -21594,51 +21594,51 @@
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>15084</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>598046</x:v>
       </x:c>
@@ -21655,51 +21655,51 @@
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="G334" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>15084</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>598047</x:v>
       </x:c>
@@ -21716,51 +21716,51 @@
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>15084</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>598048</x:v>
       </x:c>
@@ -23150,51 +23150,51 @@
         <x:v>701</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>579685</x:v>
       </x:c>
@@ -23213,51 +23213,51 @@
         <x:v>701</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G362" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>579686</x:v>
       </x:c>
@@ -23276,51 +23276,51 @@
         <x:v>701</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>579688</x:v>
       </x:c>
@@ -23932,1485 +23932,1481 @@
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>569919</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
-      <x:c r="E375" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>662</x:v>
-[...2 lines deleted...]
-        <x:v>663</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>579695</x:v>
+        <x:v>456835</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G376" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>752</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="Q376" s="16" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="R376" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="S376" s="14" t="n">
+        <x:v>579695</x:v>
+      </x:c>
+      <x:c r="T376" s="16" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="U376" s="16" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F377" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>557319</x:v>
+        <x:v>563821</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
-      <x:c r="E378" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E378" s="14" t="s"/>
+      <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>750</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>752</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>752</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S378" s="14" t="n">
+        <x:v>557319</x:v>
+      </x:c>
+      <x:c r="T378" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="U378" s="16" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
+      <x:c r="E379" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>587735</x:v>
+        <x:v>571743</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>702</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>552277</x:v>
+        <x:v>587735</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>671</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>573375</x:v>
+        <x:v>552277</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>760</x:v>
-[...1 lines deleted...]
-      <x:c r="H382" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="Q382" s="16" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R382" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S382" s="14" t="n">
+        <x:v>573375</x:v>
+      </x:c>
+      <x:c r="T382" s="16" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="U382" s="16" t="s">
         <x:v>760</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>558093</x:v>
+        <x:v>533564</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>557320</x:v>
+        <x:v>558093</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>573120</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>767</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="Q386" s="16" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R386" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S386" s="14" t="n">
+        <x:v>573120</x:v>
+      </x:c>
+      <x:c r="T386" s="16" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="U386" s="16" t="s">
         <x:v>767</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>573016</x:v>
+        <x:v>558336</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>760</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>760</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>577762</x:v>
+        <x:v>573016</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="U388" s="16" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>552272</x:v>
+        <x:v>577762</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>775</x:v>
-[...1 lines deleted...]
-      <x:c r="H390" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>776</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>776</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>580000</x:v>
+        <x:v>552272</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>778</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
-      <x:c r="E391" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>711</x:v>
-[...2 lines deleted...]
-        <x:v>712</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="S391" s="0" t="n">
+        <x:v>580000</x:v>
+      </x:c>
+      <x:c r="T391" s="4" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="U391" s="4" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
-      <x:c r="E392" s="14" t="s"/>
-      <x:c r="F392" s="14" t="s"/>
+      <x:c r="E392" s="14" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F392" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G392" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="Q392" s="16" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="R392" s="14" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="S392" s="14" t="n">
+        <x:v>579684</x:v>
+      </x:c>
+      <x:c r="T392" s="16" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="U392" s="16" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="Q393" s="4" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="R393" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="S393" s="0" t="n">
+        <x:v>526039</x:v>
+      </x:c>
+      <x:c r="T393" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="Q393" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>790</x:v>
-[...1 lines deleted...]
-      <x:c r="H394" s="14" t="s"/>
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s">
+        <x:v>788</x:v>
+      </x:c>
       <x:c r="I394" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="Q394" s="16" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="R394" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="Q394" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>583265</x:v>
+        <x:v>587161</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>573377</x:v>
+        <x:v>583265</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>573109</x:v>
+        <x:v>573377</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>793</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
-      <x:c r="E397" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>571459</x:v>
+        <x:v>573109</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="U397" s="4" t="s">
         <x:v>794</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s"/>
-      <x:c r="F398" s="14" t="s"/>
+      <x:c r="E398" s="14" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F398" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G398" s="14" t="s">
-        <x:v>796</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>798</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="Q398" s="16" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="R398" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S398" s="14" t="n">
+        <x:v>571459</x:v>
+      </x:c>
+      <x:c r="T398" s="16" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="U398" s="16" t="s">
         <x:v>796</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="H399" s="0" t="s">
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>456835</x:v>
+        <x:v>588302</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
@@ -25560,81 +25556,81 @@
       <x:c r="T402" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>563822</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
@@ -25692,51 +25688,51 @@
         <x:v>701</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>560468</x:v>
       </x:c>
@@ -25910,84 +25906,84 @@
       <x:c r="R408" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>568817</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>586490</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
@@ -26026,90 +26022,90 @@
       <x:c r="R410" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>581974</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>572699</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26452,78 +26448,78 @@
       <x:c r="L418" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>579487</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>598549</x:v>
       </x:c>
@@ -26785,51 +26781,51 @@
       <x:c r="L424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>580116</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26898,51 +26894,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>573115</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -27039,51 +27035,51 @@
       <x:c r="U428" s="16" t="s">
         <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>598548</x:v>
       </x:c>
@@ -27141,84 +27137,84 @@
       <x:c r="R430" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>583219</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>515995</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
@@ -27291,51 +27287,51 @@
       <x:c r="L433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>557316</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
@@ -27480,2717 +27476,2717 @@
       <x:c r="R436" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>557314</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>578506</x:v>
+        <x:v>571963</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
-      <x:c r="E438" s="14" t="s"/>
-      <x:c r="F438" s="14" t="s"/>
+      <x:c r="E438" s="14" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F438" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G438" s="14" t="s">
-        <x:v>840</x:v>
-[...1 lines deleted...]
-      <x:c r="H438" s="14" t="s"/>
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s">
+        <x:v>722</x:v>
+      </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="R438" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="S438" s="14" t="n">
+        <x:v>579690</x:v>
+      </x:c>
+      <x:c r="T438" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="U438" s="16" t="s">
         <x:v>841</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
-      <x:c r="E439" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>721</x:v>
-[...2 lines deleted...]
-        <x:v>722</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>579690</x:v>
+        <x:v>583221</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>583221</x:v>
+        <x:v>567053</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>844</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>800</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>567053</x:v>
+        <x:v>535929</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
-        <x:v>846</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="R442" s="14" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="S442" s="14" t="n">
+        <x:v>574016</x:v>
+      </x:c>
+      <x:c r="T442" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="R442" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>574016</x:v>
+        <x:v>573107</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>849</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>573107</x:v>
+        <x:v>573130</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>573130</x:v>
+        <x:v>573355</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>702</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>573355</x:v>
+        <x:v>558092</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>558092</x:v>
+        <x:v>586758</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="H448" s="14" t="s"/>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s">
+        <x:v>852</x:v>
+      </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>586758</x:v>
+        <x:v>535124</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>781</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>853</x:v>
-[...2 lines deleted...]
-        <x:v>854</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>855</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="R449" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S449" s="0" t="n">
+        <x:v>545700</x:v>
+      </x:c>
+      <x:c r="T449" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="R449" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>545700</x:v>
+        <x:v>562794</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>562794</x:v>
+        <x:v>526005</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>859</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>804</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>526005</x:v>
+        <x:v>586759</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>586759</x:v>
+        <x:v>583264</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>860</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s"/>
-      <x:c r="F454" s="14" t="s"/>
+      <x:c r="E454" s="14" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F454" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G454" s="14" t="s">
-        <x:v>790</x:v>
-[...1 lines deleted...]
-      <x:c r="H454" s="14" t="s"/>
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s">
+        <x:v>752</x:v>
+      </x:c>
       <x:c r="I454" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>583264</x:v>
+        <x:v>563820</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>750</x:v>
-[...2 lines deleted...]
-        <x:v>751</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>563820</x:v>
+        <x:v>571958</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>863</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>863</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>571958</x:v>
+        <x:v>573126</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>573126</x:v>
+        <x:v>573128</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>702</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>573128</x:v>
+        <x:v>585276</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>793</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R459" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S459" s="0" t="n">
+        <x:v>512108</x:v>
+      </x:c>
+      <x:c r="T459" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="R459" s="0" t="s">
+      <x:c r="U459" s="4" t="s">
         <x:v>866</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>437</x:v>
-[...1 lines deleted...]
-      <x:c r="H460" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>512108</x:v>
+        <x:v>573131</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>867</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>868</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>573131</x:v>
+        <x:v>532834</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>532834</x:v>
+        <x:v>569939</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>569939</x:v>
+        <x:v>526029</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>870</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>855</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>870</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>855</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>526029</x:v>
+        <x:v>575870</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>575870</x:v>
+        <x:v>557315</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>557315</x:v>
+        <x:v>569938</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>871</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>569938</x:v>
+        <x:v>577241</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>577241</x:v>
+        <x:v>562797</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>872</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="Q469" s="4" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="R469" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="S469" s="0" t="n">
+        <x:v>569986</x:v>
+      </x:c>
+      <x:c r="T469" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="Q469" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>569986</x:v>
+        <x:v>590797</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
+      <x:c r="E471" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>590797</x:v>
+        <x:v>571018</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>877</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>878</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E472" s="14" t="s"/>
+      <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>721</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>571018</x:v>
+        <x:v>478380</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>880</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>478380</x:v>
+        <x:v>526016</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>883</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="Q474" s="16" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="R474" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="S474" s="14" t="n">
+        <x:v>537860</x:v>
+      </x:c>
+      <x:c r="T474" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="Q474" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>537860</x:v>
+        <x:v>538051</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>885</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>538051</x:v>
+        <x:v>526601</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>526601</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>887</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>876</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>732</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>557313</x:v>
+        <x:v>573354</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>888</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>573354</x:v>
+        <x:v>586757</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="H480" s="14" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s">
+        <x:v>703</x:v>
+      </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>586757</x:v>
+        <x:v>552276</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>889</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
+      <x:c r="E481" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="F481" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>552276</x:v>
+        <x:v>579694</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G482" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>579694</x:v>
+        <x:v>563818</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
-      <x:c r="E483" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>862</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>563818</x:v>
+        <x:v>573112</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
@@ -30199,114 +30195,111 @@
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>573112</x:v>
+        <x:v>573125</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>702</x:v>
-[...2 lines deleted...]
-        <x:v>703</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>573125</x:v>
+        <x:v>578506</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>438</x:v>
@@ -30320,51 +30313,51 @@
       <x:c r="L486" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>573765</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>895</x:v>
       </x:c>
@@ -30403,75 +30396,75 @@
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>581190</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
@@ -30515,79 +30508,79 @@
         <x:v>547165</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>548179</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
@@ -31018,51 +31011,51 @@
       <x:c r="L498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>573766</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>895</x:v>
       </x:c>
@@ -31304,51 +31297,51 @@
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>576713</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
@@ -31363,51 +31356,51 @@
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>579982</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
@@ -31426,101 +31419,101 @@
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>572807</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>889</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>539321</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -31533,51 +31526,51 @@
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>539320</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
@@ -31601,51 +31594,51 @@
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>579983</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -31711,54 +31704,54 @@
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>573831</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>34137</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -31860,51 +31853,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>536947</x:v>
       </x:c>
@@ -31944,51 +31937,51 @@
       <x:c r="L514" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>536212</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>34137</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>