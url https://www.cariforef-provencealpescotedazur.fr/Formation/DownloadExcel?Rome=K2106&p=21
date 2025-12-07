--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -275,107 +275,107 @@
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/23/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550 - recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>09/09/2026 00:00:00</x:t>
+    <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/08/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation FORMATEUR SECURITE ENTREPRISE – CACES®</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FORMATION POEI BILAN DE COMPETENCES ET CREATION D’ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>Javelo</x:t>
   </x:si>
   <x:si>
     <x:t>13750</x:t>
@@ -422,101 +422,101 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>13013</x:t>
-[...2 lines deleted...]
-    <x:t>MARSEILLE CEDEX 03</x:t>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>13288</x:t>
-[...2 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Licence mention mathématiques parcours mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
@@ -626,57 +626,57 @@
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04002</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences éducation</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
   </x:si>
@@ -2413,357 +2413,357 @@
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>559293</x:v>
+        <x:v>597977</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U23" s="4" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>597977</x:v>
+        <x:v>597975</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>597975</x:v>
+        <x:v>597974</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>597974</x:v>
+        <x:v>597979</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597979</x:v>
+        <x:v>597976</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597976</x:v>
+        <x:v>597978</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>597978</x:v>
+        <x:v>559293</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>66</x:v>
@@ -2778,357 +2778,357 @@
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>597983</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597982</x:v>
+        <x:v>597980</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597980</x:v>
+        <x:v>597984</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>597984</x:v>
+        <x:v>597982</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>559301</x:v>
+        <x:v>597981</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>597985</x:v>
+        <x:v>559301</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>597981</x:v>
+        <x:v>597985</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
@@ -3322,348 +3322,348 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592387</x:v>
+        <x:v>592385</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592385</x:v>
+        <x:v>592387</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592388</x:v>
+        <x:v>592383</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>592383</x:v>
+        <x:v>592388</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>592382</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>592384</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -3964,51 +3964,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -4319,312 +4319,313 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>597271</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>597273</x:v>
+        <x:v>581545</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="H60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>581545</x:v>
+        <x:v>597273</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>597268</x:v>
+        <x:v>597272</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>597272</x:v>
+        <x:v>597268</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>597270</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
@@ -4871,446 +4872,446 @@
       <x:c r="J68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575928</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575929</x:v>
+        <x:v>575928</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>597366</x:v>
+        <x:v>597297</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>597321</x:v>
+        <x:v>597333</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>597343</x:v>
+        <x:v>597310</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>597286</x:v>
+        <x:v>597344</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>597300</x:v>
+        <x:v>597299</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
@@ -5323,495 +5324,495 @@
       <x:c r="K76" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>597350</x:v>
+        <x:v>597324</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>597333</x:v>
+        <x:v>597340</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>597322</x:v>
+        <x:v>597292</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>597329</x:v>
+        <x:v>597342</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>597339</x:v>
+        <x:v>597364</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>597341</x:v>
+        <x:v>597307</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>597310</x:v>
+        <x:v>597316</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>597344</x:v>
+        <x:v>597366</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>597299</x:v>
+        <x:v>597321</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -5821,162 +5822,162 @@
       <x:c r="K85" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>597324</x:v>
+        <x:v>597338</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>597340</x:v>
+        <x:v>597329</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>597292</x:v>
+        <x:v>597322</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
@@ -5989,216 +5990,216 @@
       <x:c r="K88" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>597342</x:v>
+        <x:v>597339</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>597364</x:v>
+        <x:v>597341</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>597307</x:v>
+        <x:v>597286</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>597316</x:v>
+        <x:v>597300</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
@@ -6211,99 +6212,99 @@
       <x:c r="K92" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>597338</x:v>
+        <x:v>597350</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>597360</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -6319,108 +6320,108 @@
       <x:c r="J94" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>597290</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>597297</x:v>
+        <x:v>597343</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
@@ -6595,51 +6596,51 @@
       <x:c r="J99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>597275</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
@@ -6817,51 +6818,51 @@
       <x:c r="J103" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>597291</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -6871,51 +6872,51 @@
       <x:c r="I104" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>597357</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
@@ -7093,51 +7094,51 @@
       <x:c r="I108" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>597362</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
@@ -7150,51 +7151,51 @@
       <x:c r="J109" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>597331</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -7204,51 +7205,51 @@
       <x:c r="I110" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>597356</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
@@ -7315,51 +7316,51 @@
       <x:c r="I112" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>597359</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
@@ -7483,51 +7484,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>597352</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -7594,51 +7595,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>597332</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
@@ -7873,105 +7874,105 @@
       <x:c r="J122" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>597354</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q123" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>597298</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -8320,51 +8321,51 @@
       <x:c r="J130" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>597330</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -8431,51 +8432,51 @@
       <x:c r="J132" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597274</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -8485,51 +8486,51 @@
       <x:c r="J133" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>597294</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
@@ -8593,51 +8594,51 @@
       <x:c r="I135" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>597361</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
@@ -8650,51 +8651,51 @@
       <x:c r="I136" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>597365</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
@@ -8707,51 +8708,51 @@
       <x:c r="J137" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>597293</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
@@ -8764,51 +8765,51 @@
       <x:c r="J138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>597276</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -8872,51 +8873,51 @@
       <x:c r="I140" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>597363</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
@@ -8929,51 +8930,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>597368</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
@@ -8986,51 +8987,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>597335</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -9040,51 +9041,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>597353</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -9148,51 +9149,51 @@
       <x:c r="I145" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597301</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
@@ -9319,219 +9320,219 @@
       <x:c r="J148" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>597334</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>597358</x:v>
+        <x:v>597289</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>597337</x:v>
+        <x:v>597367</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>597367</x:v>
+        <x:v>597337</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
@@ -9592,51 +9593,51 @@
       <x:c r="I153" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>597302</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
@@ -9931,51 +9932,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597351</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10039,57 +10040,57 @@
       <x:c r="I161" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>597355</x:v>
+        <x:v>597358</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
@@ -10179,250 +10180,250 @@
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>597325</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>597304</x:v>
+        <x:v>597348</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>597289</x:v>
+        <x:v>597287</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>597348</x:v>
+        <x:v>597304</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>597287</x:v>
+        <x:v>597355</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
@@ -10491,51 +10492,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>579011</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -11937,60 +11938,60 @@
       <x:c r="I195" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>553170</x:v>
+        <x:v>600854</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
@@ -12039,209 +12040,209 @@
       <x:c r="I197" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>600861</x:v>
+        <x:v>553171</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>600868</x:v>
+        <x:v>600861</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>600854</x:v>
+        <x:v>600868</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>553171</x:v>
+        <x:v>553170</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>