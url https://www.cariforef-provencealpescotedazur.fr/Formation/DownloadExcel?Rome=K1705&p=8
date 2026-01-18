--- v0 (2026-01-18)
+++ v1 (2026-01-18)
@@ -734,221 +734,221 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Access Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jck Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jck formation conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ab Sud Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bma Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA FARLEDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artech Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Access Formation</x:t>
-[...157 lines deleted...]
-  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2029 00:00:00</x:t>
@@ -1421,63 +1421,63 @@
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
+  </x:si>
+  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
@@ -6178,1420 +6178,1421 @@
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R78" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="S78" s="14" t="n">
+        <x:v>546337</x:v>
+      </x:c>
+      <x:c r="T78" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="R78" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610900</x:v>
+        <x:v>586647</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>546337</x:v>
+        <x:v>598674</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>586647</x:v>
+        <x:v>609341</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>230</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>598674</x:v>
+        <x:v>610899</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>609341</x:v>
+        <x:v>563782</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>610899</x:v>
+        <x:v>602803</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>563782</x:v>
+        <x:v>602837</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>602803</x:v>
+        <x:v>605121</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>602837</x:v>
+        <x:v>543402</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605121</x:v>
+        <x:v>586808</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>543402</x:v>
+        <x:v>586811</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>586808</x:v>
+        <x:v>586822</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>586811</x:v>
+        <x:v>602804</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>586822</x:v>
+        <x:v>602806</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>602804</x:v>
+        <x:v>610901</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>602806</x:v>
+        <x:v>605397</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610901</x:v>
+        <x:v>597904</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>605397</x:v>
+        <x:v>597895</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>605398</x:v>
+        <x:v>608258</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>597895</x:v>
+        <x:v>605398</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>608258</x:v>
+        <x:v>608261</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>597904</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>608261</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>600704</x:v>
+        <x:v>605124</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>272</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>603860</x:v>
+        <x:v>610898</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>605124</x:v>
+        <x:v>610900</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
@@ -7695,51 +7696,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>586820</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
@@ -7764,78 +7765,78 @@
         <x:v>284</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>546583</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>610904</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -7844,51 +7845,51 @@
         <x:v>290</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>614241</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>284</x:v>
@@ -7917,131 +7918,131 @@
       <x:c r="R111" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>544265</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R112" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>597899</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>598675</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
@@ -8320,51 +8321,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586809</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
@@ -8518,51 +8519,51 @@
       <x:c r="I123" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>578857</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -8851,91 +8852,91 @@
       <x:c r="R129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>600625</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R130" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>597898</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
@@ -9057,82 +9058,82 @@
       <x:c r="R133" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R134" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>597902</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>344</x:v>
@@ -9268,129 +9269,129 @@
       <x:c r="R137" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>605399</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>614263</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -9559,51 +9560,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>584127</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
@@ -9710,100 +9711,100 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>417482</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>527366</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
@@ -10024,54 +10025,54 @@
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
@@ -10120,162 +10121,162 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>610707</x:v>
+        <x:v>591637</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>591636</x:v>
+        <x:v>610707</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>591637</x:v>
+        <x:v>591636</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
@@ -10685,54 +10686,54 @@
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>586824</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
@@ -11417,86 +11418,86 @@
       <x:c r="R179" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>604631</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>586606</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>44</x:v>
@@ -12029,80 +12030,80 @@
       <x:c r="R191" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>605411</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610905</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>176</x:v>
@@ -12131,82 +12132,82 @@
       <x:c r="R193" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>608266</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q194" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R194" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>597918</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>432</x:v>
@@ -12490,87 +12491,87 @@
         <x:v>432</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>590559</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>608184</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -12646,82 +12647,82 @@
       <x:c r="R203" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>590236</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q204" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R204" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>597917</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>324</x:v>
@@ -12930,51 +12931,51 @@
       <x:c r="I209" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>608267</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -13058,141 +13059,140 @@
       <x:c r="R211" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>590543</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>431</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>444</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>590550</x:v>
+        <x:v>613260</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>444</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>613260</x:v>
+        <x:v>590550</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
@@ -13655,107 +13655,107 @@
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>591695</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>591696</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
@@ -13853,215 +13853,215 @@
       <x:c r="I227" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>591690</x:v>
+        <x:v>591713</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>591711</x:v>
+        <x:v>591690</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>610794</x:v>
+        <x:v>591711</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>591713</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
@@ -14317,2154 +14317,2154 @@
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>610779</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>610792</x:v>
+        <x:v>586857</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>610793</x:v>
+        <x:v>591703</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>591697</x:v>
+        <x:v>591704</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>591703</x:v>
+        <x:v>591705</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>591704</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>591705</x:v>
+        <x:v>591712</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>591708</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>591712</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>591718</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>591719</x:v>
+        <x:v>591718</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>610781</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>610782</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>610790</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>610795</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>591714</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>591702</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>610777</x:v>
+        <x:v>591702</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>610778</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>610780</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>610784</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>610784</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>610787</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>610796</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>610797</x:v>
+        <x:v>610796</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>610783</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>610786</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>610799</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>591706</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>591709</x:v>
+        <x:v>591706</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>586860</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>586865</x:v>
+        <x:v>586860</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>586866</x:v>
+        <x:v>586865</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>586856</x:v>
+        <x:v>586866</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>586861</x:v>
+        <x:v>586856</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>586862</x:v>
+        <x:v>586861</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>586867</x:v>
+        <x:v>586862</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>611440</x:v>
+        <x:v>586867</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>586855</x:v>
+        <x:v>611440</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>586868</x:v>
+        <x:v>586855</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>586857</x:v>
+        <x:v>586868</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586858</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -16473,100 +16473,100 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -16575,100 +16575,100 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>586870</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -16677,51 +16677,51 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>586854</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
@@ -17206,87 +17206,87 @@
         <x:v>202</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>606360</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="I293" s="4" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="Q293" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="Q293" s="4" t="s">
+      <x:c r="R293" s="0" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>563790</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="U293" s="4" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
@@ -17443,54 +17443,54 @@
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>610713</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
@@ -17703,301 +17703,301 @@
         <x:v>497</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>609280</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>584551</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>584550</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>584552</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>584549</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>584553</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
@@ -18343,84 +18343,84 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>609108</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>586603</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
@@ -18787,51 +18787,51 @@
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>590567</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
@@ -18883,305 +18883,304 @@
       <x:c r="K325" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>590569</x:v>
+        <x:v>590563</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>590563</x:v>
+        <x:v>590572</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>590572</x:v>
+        <x:v>590569</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>431</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>335</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>590566</x:v>
+        <x:v>600629</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>334</x:v>
-[...2 lines deleted...]
-        <x:v>335</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>600629</x:v>
+        <x:v>590566</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>574463</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>