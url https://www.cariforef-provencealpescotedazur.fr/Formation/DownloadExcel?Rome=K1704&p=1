--- v0 (2025-10-24)
+++ v1 (2026-02-13)
@@ -1279,141 +1279,141 @@
       <x:c r="R8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>597247</x:v>
+        <x:v>597245</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597245</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>