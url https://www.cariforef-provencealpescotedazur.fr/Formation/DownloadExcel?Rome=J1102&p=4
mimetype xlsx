--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -311,59 +311,59 @@
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>Psychiatrie</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : gestion de la douleur</x:t>
   </x:si>
   <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/19/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Troubles alimentaires, évaluation et intervention</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bases en neurosciences appliquées à l’accompagnement thérapeutique</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
@@ -371,284 +371,284 @@
   <x:si>
     <x:t>CRESP FORMATIONS</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Formateur , Particulier, individuel , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>Neurologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re ST2S sciences et technologies de la santé et du social</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat médicosocial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Romane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Raynouard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée les Fauvettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Victor Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Aicard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Viala Lacoste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lycée Nelson Mandela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de l'Empéri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO H Leroy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée La Providence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Caucadis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
-    <x:t>lycée Nelson Mandela</x:t>
-[...169 lines deleted...]
-  <x:si>
     <x:t>Lycée J Cocteau</x:t>
   </x:si>
   <x:si>
     <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
@@ -752,59 +752,59 @@
   <x:si>
     <x:t>Médecine</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme interuniversitaire pour l'éducation à la santé sexuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Sexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>DIU Médecine esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>Dermatologie</x:t>
   </x:si>
   <x:si>
+    <x:t>01/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>DU Réfraction complexe</x:t>
   </x:si>
   <x:si>
     <x:t>Ophtalmologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Gérontopraticien (SCBE)</x:t>
   </x:si>
   <x:si>
     <x:t>Hantone</x:t>
   </x:si>
   <x:si>
     <x:t>10410</x:t>
   </x:si>
   <x:si>
     <x:t>Gérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2027 00:00:00</x:t>
@@ -908,198 +908,198 @@
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
   </x:si>
   <x:si>
     <x:t>Julien Allaire</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/28/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Premiers Secours en Santé Mentale</x:t>
   </x:si>
   <x:si>
     <x:t>Infipp</x:t>
   </x:si>
   <x:si>
     <x:t>69120</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Marcelle</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prestataire de Services et Distributeur de Matériels (PSDM) garant non professionnel de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Aster Développement</x:t>
   </x:si>
   <x:si>
     <x:t>84240</x:t>
   </x:si>
   <x:si>
     <x:t>GRAMBOIS</x:t>
   </x:si>
@@ -2167,51 +2167,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>584833</x:v>
+        <x:v>584832</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
@@ -2220,100 +2220,100 @@
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>584832</x:v>
+        <x:v>584835</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>584835</x:v>
+        <x:v>584833</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>72</x:v>
@@ -2577,969 +2577,969 @@
       <x:c r="K19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>596395</x:v>
+        <x:v>596393</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596399</x:v>
+        <x:v>596409</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>596404</x:v>
+        <x:v>596411</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>596407</x:v>
+        <x:v>596419</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>596421</x:v>
+        <x:v>596412</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>596424</x:v>
+        <x:v>596427</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>596397</x:v>
+        <x:v>596396</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596400</x:v>
+        <x:v>596414</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596402</x:v>
+        <x:v>596422</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>596405</x:v>
+        <x:v>596425</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>596408</x:v>
+        <x:v>596428</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>596415</x:v>
+        <x:v>596397</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596416</x:v>
+        <x:v>596400</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596418</x:v>
+        <x:v>596402</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>596426</x:v>
+        <x:v>596405</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>596412</x:v>
+        <x:v>596408</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596427</x:v>
+        <x:v>596415</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>596393</x:v>
+        <x:v>596416</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>596409</x:v>
+        <x:v>596418</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>160</x:v>
@@ -3548,304 +3548,304 @@
       <x:c r="K38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>596411</x:v>
+        <x:v>596426</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596419</x:v>
+        <x:v>596395</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>596396</x:v>
+        <x:v>596399</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>596414</x:v>
+        <x:v>596404</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>596422</x:v>
+        <x:v>596407</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>596425</x:v>
+        <x:v>596421</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>176</x:v>
@@ -3854,51 +3854,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>596428</x:v>
+        <x:v>596424</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>102</x:v>
@@ -4157,51 +4157,51 @@
         <x:v>195</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>596403</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>197</x:v>
@@ -4386,75 +4386,75 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>596423</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>491243</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -4517,51 +4517,51 @@
       <x:c r="I57" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>587187</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -4627,112 +4627,112 @@
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43089</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>568023</x:v>
+        <x:v>603548</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43089</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>603548</x:v>
+        <x:v>568023</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>40</x:v>
@@ -4784,51 +4784,51 @@
         <x:v>235</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>14289</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>610980</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>241</x:v>
@@ -5246,360 +5246,360 @@
       <x:c r="I71" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>598446</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>598449</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>598396</x:v>
+        <x:v>598449</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>598447</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>516062</x:v>
+        <x:v>587284</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587284</x:v>
+        <x:v>516062</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -5632,387 +5632,387 @@
         <x:v>294</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>616422</x:v>
+        <x:v>588195</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>588195</x:v>
+        <x:v>616422</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>606679</x:v>
+        <x:v>606681</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>606683</x:v>
+        <x:v>606685</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U82" s="16" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>606686</x:v>
+        <x:v>606679</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="U83" s="4" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>606681</x:v>
+        <x:v>606683</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="U84" s="16" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>606685</x:v>
+        <x:v>606686</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
@@ -6064,51 +6064,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>606684</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -6172,57 +6172,57 @@
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>614410</x:v>
+        <x:v>614408</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
@@ -6230,161 +6230,161 @@
       <x:c r="L90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>614415</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>614424</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>614408</x:v>
+        <x:v>614410</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>40</x:v>