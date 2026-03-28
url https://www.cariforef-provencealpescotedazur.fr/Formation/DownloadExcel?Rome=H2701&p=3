--- v0 (2026-02-08)
+++ v1 (2026-03-28)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
+    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable énergie et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
@@ -515,267 +515,285 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie chimique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Contrat performance énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien des services à l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
-    <x:t>Certification Nucléaire PR CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - NUR023</x:t>
+    <x:t>Certification Nucléaire PR1-CR Initial - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR021</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Nucléaire PR1-CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Initial - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Recyclage - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS - Certification de spécialisation Technicien des services à l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitation mécanique M0, M1 et ME (Manoeuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
+    <x:t>Habilitation mécanique M0, M1 et ME (Manœuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>GAP</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation mécanique M2, M2 essai, MR, MC : opérations d'ordre mécanique sur site EDF (RPP) - NUS781</x:t>
   </x:si>
   <x:si>
+    <x:t>10/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installation et pose de systèmes photovoltaïque</x:t>
   </x:si>
   <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Énergie solaire photovoltaïque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
-    <x:t>Énergie solaire photovoltaïque</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère européen management environnemental et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Audit énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
@@ -3315,1167 +3333,1410 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>594419</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596710</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>35372</x:v>
+        <x:v>41570</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575545</x:v>
+        <x:v>596710</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>575554</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>35489</x:v>
+        <x:v>41603</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>596772</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36334</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G43" s="0" t="s">
+      <x:c r="H43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="H43" s="0" t="s">
+      <x:c r="I43" s="4" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="P43" s="0" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>612935</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P44" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="P44" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R44" s="14" t="s">
+      <x:c r="S44" s="14" t="n">
+        <x:v>619845</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="S44" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T44" s="16" t="s">
+      <x:c r="U44" s="16" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>614784</x:v>
+        <x:v>619846</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>24112</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S46" s="14" t="n">
+        <x:v>610686</x:v>
+      </x:c>
+      <x:c r="T46" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="U46" s="16" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="J47" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M47" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="O47" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P47" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S47" s="0" t="n">
+        <x:v>619847</x:v>
+      </x:c>
+      <x:c r="T47" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="K47" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="O47" s="0" t="s">
+      <x:c r="U47" s="4" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P48" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="P48" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610687</x:v>
+        <x:v>619848</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="I49" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P49" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="P49" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610688</x:v>
+        <x:v>619849</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C50" s="15" t="s"/>
+      <x:c r="C50" s="15" t="n">
+        <x:v>36334</x:v>
+      </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>174</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="J50" s="14" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>24130</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610689</x:v>
+        <x:v>614784</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>38458</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>24130</x:v>
+        <x:v>24112</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610690</x:v>
+        <x:v>572154</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="C52" s="15" t="s"/>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="n">
+        <x:v>38458</x:v>
+      </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="J52" s="14" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>24130</x:v>
+        <x:v>24112</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610691</x:v>
+        <x:v>594231</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="I53" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="Q53" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>610692</x:v>
+        <x:v>610687</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>24146</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>615436</x:v>
+        <x:v>610689</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>24146</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>609295</x:v>
+        <x:v>619850</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>24130</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>558146</x:v>
+        <x:v>619851</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>619852</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="M57" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="L58" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M58" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N58" s="15" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="O58" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P58" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="S58" s="14" t="n">
+        <x:v>610690</x:v>
+      </x:c>
+      <x:c r="T58" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:21">
+      <x:c r="A59" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="G59" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K59" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="L59" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M59" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N59" s="3" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="O59" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="P59" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>610692</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="U59" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:21">
+      <x:c r="A60" s="13" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B60" s="14" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
+      <x:c r="D60" s="15" t="s"/>
+      <x:c r="E60" s="14" t="s"/>
+      <x:c r="F60" s="14" t="s"/>
+      <x:c r="G60" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
+      <x:c r="I60" s="16" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
+      <x:c r="K60" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="L60" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="M60" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N60" s="15" t="n">
+        <x:v>24146</x:v>
+      </x:c>
+      <x:c r="O60" s="14" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="P60" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="S60" s="14" t="n">
+        <x:v>609295</x:v>
+      </x:c>
+      <x:c r="T60" s="16" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:21">
+      <x:c r="A61" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
+      <x:c r="G61" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="I61" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="K61" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="L61" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M61" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="N61" s="3" t="n">
+        <x:v>24146</x:v>
+      </x:c>
+      <x:c r="O61" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="P61" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>615436</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:21">
+      <x:c r="A62" s="13" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B62" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="s"/>
+      <x:c r="D62" s="15" t="s"/>
+      <x:c r="E62" s="14" t="s"/>
+      <x:c r="F62" s="14" t="s"/>
+      <x:c r="G62" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="I62" s="16" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s"/>
+      <x:c r="K62" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="L62" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="M62" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="N62" s="15" t="n">
+        <x:v>24111</x:v>
+      </x:c>
+      <x:c r="O62" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>523289</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:21">
+      <x:c r="A63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
+      <x:c r="D63" s="3" t="s"/>
+      <x:c r="G63" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="L58" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="N58" s="15" t="n">
+      <x:c r="L63" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M63" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N63" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
-      <x:c r="O58" s="14" t="s">
-[...8 lines deleted...]
-      <x:c r="R58" s="14" t="s">
+      <x:c r="O63" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="P63" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="S58" s="14" t="n">
+      <x:c r="S63" s="0" t="n">
         <x:v>597475</x:v>
       </x:c>
-      <x:c r="T58" s="16" t="s">
+      <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="U58" s="16" t="s">
+      <x:c r="U63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">