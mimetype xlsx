--- v0 (2026-02-08)
+++ v1 (2026-03-28)
@@ -239,330 +239,330 @@
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Salle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO modèle électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP le Chatelier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Argensol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE Cedex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P et L Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP de Sorgues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APT CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Ampère</x:t>
-[...220 lines deleted...]
-  <x:si>
     <x:t>LP P Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cybersécurité, informatique et réseaux, électronique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé Concepteur de circuits microélectroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Mines-Telecom - Saint-Etienne</x:t>
   </x:si>
@@ -1575,51 +1575,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>597042</x:v>
+        <x:v>597049</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -1629,51 +1629,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>597049</x:v>
+        <x:v>597063</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
@@ -1686,51 +1686,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>597063</x:v>
+        <x:v>597066</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -1740,51 +1740,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>597066</x:v>
+        <x:v>597059</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -1797,327 +1797,327 @@
       <x:c r="K12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597059</x:v>
+        <x:v>597062</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>597062</x:v>
+        <x:v>597052</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
+      <x:c r="R14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="R14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>597052</x:v>
+        <x:v>597043</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>597043</x:v>
+        <x:v>597044</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>597044</x:v>
+        <x:v>597070</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>597070</x:v>
+        <x:v>597057</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
@@ -2130,162 +2130,162 @@
       <x:c r="K18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>597057</x:v>
+        <x:v>597067</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>597067</x:v>
+        <x:v>597045</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>597045</x:v>
+        <x:v>597046</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -2295,51 +2295,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>597046</x:v>
+        <x:v>597047</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
@@ -2352,51 +2352,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>597047</x:v>
+        <x:v>597051</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -2406,51 +2406,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>597051</x:v>
+        <x:v>597056</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
@@ -2463,51 +2463,51 @@
       <x:c r="K24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>597056</x:v>
+        <x:v>597048</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -2517,51 +2517,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>597048</x:v>
+        <x:v>597060</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -2574,51 +2574,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>597060</x:v>
+        <x:v>597053</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -2628,51 +2628,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>597053</x:v>
+        <x:v>597050</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -2685,51 +2685,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597050</x:v>
+        <x:v>597061</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -2739,51 +2739,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>597061</x:v>
+        <x:v>597069</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -2796,51 +2796,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>597069</x:v>
+        <x:v>597064</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -2850,51 +2850,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597064</x:v>
+        <x:v>597054</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
@@ -2907,51 +2907,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597054</x:v>
+        <x:v>597065</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -2961,51 +2961,51 @@
       <x:c r="K33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>597065</x:v>
+        <x:v>597042</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
@@ -3048,379 +3048,379 @@
       <x:c r="U34" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>609460</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>556771</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>509396</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="U37" s="4" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>609476</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>494778</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>158</x:v>
@@ -3460,51 +3460,51 @@
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38664</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -3550,51 +3550,51 @@
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>583871</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
@@ -3609,51 +3609,51 @@
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>591268</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>