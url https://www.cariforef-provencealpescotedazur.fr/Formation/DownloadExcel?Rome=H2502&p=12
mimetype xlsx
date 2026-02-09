--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -3797,114 +3797,114 @@
       <x:c r="K38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600169</x:v>
+        <x:v>571908</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24118</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>571908</x:v>
+        <x:v>600169</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38774</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -5701,172 +5701,172 @@
       <x:c r="K71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>451269</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>501082</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>501083</x:v>
+        <x:v>501082</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>105</x:v>
@@ -6456,126 +6456,126 @@
       <x:c r="H84" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>605778</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>107</x:v>
@@ -7429,57 +7429,57 @@
       <x:c r="K101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>550298</x:v>
+        <x:v>605726</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>277</x:v>
@@ -7550,162 +7550,162 @@
       <x:c r="K103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>605726</x:v>
+        <x:v>550298</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>591876</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>591877</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
@@ -8415,159 +8415,160 @@
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>592093</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>592094</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>591171</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -9535,114 +9536,114 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>591860</x:v>
+        <x:v>591861</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>591861</x:v>
+        <x:v>591860</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
@@ -10500,225 +10501,225 @@
       <x:c r="I155" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>591933</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>591931</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>591932</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>591934</x:v>
+        <x:v>591933</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>