--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -284,80 +284,80 @@
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS systèmes constructifs bois et habitat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS TP - Travaux Publics</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travaux publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
-    <x:t>Travaux publics</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
@@ -383,65 +383,65 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Golf Hôtel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel Golf Hôtel</x:t>
+    <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours bureaux d'études conception</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux bâtiment</x:t>
@@ -452,65 +452,65 @@
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'affaires BTP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
@@ -926,78 +926,78 @@
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur de travaux du bâtiment et du génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>La Solive</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur de travaux du bâtiment et du génie civil (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conducteur de travaux du bâtiment et du génie civil (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
@@ -2018,57 +2018,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>547583</x:v>
+        <x:v>494750</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38578</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -2077,521 +2077,521 @@
       <x:c r="K10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>494750</x:v>
+        <x:v>547583</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>609816</x:v>
+        <x:v>553981</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H12" s="14" t="s">
+      <x:c r="I12" s="16" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="R12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R12" s="14" t="s">
+      <x:c r="S12" s="14" t="n">
+        <x:v>609816</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="S12" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>513342</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>606261</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>507654</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H17" s="0" t="s">
+      <x:c r="I17" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>554765</x:v>
+        <x:v>543660</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>543660</x:v>
+        <x:v>554765</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -2731,84 +2731,84 @@
         <x:v>596922</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>608244</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -2867,380 +2867,380 @@
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>515649</x:v>
+        <x:v>511105</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="H25" s="0" t="s">
+      <x:c r="I25" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>511105</x:v>
+        <x:v>515649</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>547722</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>556422</x:v>
+        <x:v>511110</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>556423</x:v>
+        <x:v>607805</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602122</x:v>
+        <x:v>556422</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>100</x:v>
@@ -3257,172 +3257,172 @@
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>550406</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>511110</x:v>
+        <x:v>556423</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>607805</x:v>
+        <x:v>602122</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35485</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3479,54 +3479,54 @@
       <x:c r="I34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>575546</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -3594,120 +3594,120 @@
       <x:c r="I36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>603815</x:v>
+        <x:v>509948</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>554926</x:v>
+        <x:v>603815</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>99</x:v>
@@ -3715,298 +3715,298 @@
       <x:c r="I38" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>454263</x:v>
+        <x:v>554926</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>509948</x:v>
+        <x:v>454263</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>569504</x:v>
+        <x:v>579826</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>579826</x:v>
+        <x:v>579158</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>579158</x:v>
+        <x:v>569504</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4364,51 +4364,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>601262</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37856</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>152</x:v>
@@ -5069,156 +5069,156 @@
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>604437</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40217</x:v>
+        <x:v>35027</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>604436</x:v>
+        <x:v>539600</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>35027</x:v>
+        <x:v>40217</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>539600</x:v>
+        <x:v>604436</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -6321,51 +6321,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550435</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>100</x:v>
@@ -6382,51 +6382,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>543394</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38058</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -6544,51 +6544,51 @@
       <x:c r="J87" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>595629</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -6603,51 +6603,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>575049</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40449</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -6689,84 +6689,84 @@
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>602150</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>582033</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40071</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -7025,279 +7025,279 @@
       <x:c r="M95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>608201</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>606286</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>606283</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38810</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -8477,51 +8477,51 @@
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>572866</x:v>
+        <x:v>586496</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -8534,54 +8534,54 @@
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>572865</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="U121" s="4" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40217</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -8591,108 +8591,108 @@
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>599853</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="U122" s="16" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>515669</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="U123" s="4" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -8702,152 +8702,152 @@
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>586176</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>586496</x:v>
+        <x:v>572866</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35027</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>505805</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
@@ -9139,76 +9139,76 @@
         <x:v>601731</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34283</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>505809</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">