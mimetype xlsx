--- v0 (2025-10-17)
+++ v1 (2026-02-20)
@@ -257,81 +257,81 @@
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
@@ -1344,237 +1344,237 @@
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>592349</x:v>
+        <x:v>592347</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>592350</x:v>
+        <x:v>592348</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>592347</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>592348</x:v>
+        <x:v>592350</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2221,105 +2221,105 @@
       <x:c r="K24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592223</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -2332,51 +2332,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592219</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2437,111 +2437,111 @@
       <x:c r="I28" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592224</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592221</x:v>
+        <x:v>592224</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">