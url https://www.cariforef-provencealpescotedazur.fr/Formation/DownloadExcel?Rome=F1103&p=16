--- v0 (2025-10-15)
+++ v1 (2025-10-15)
@@ -9306,317 +9306,317 @@
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>533916</x:v>
+        <x:v>533915</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>533915</x:v>
+        <x:v>533913</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>533913</x:v>
+        <x:v>533916</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>533842</x:v>
+        <x:v>533835</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>533835</x:v>
+        <x:v>533836</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>23546</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>533836</x:v>
+        <x:v>533842</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -9678,171 +9678,171 @@
       <x:c r="J147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>583354</x:v>
+        <x:v>560923</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>560923</x:v>
+        <x:v>549072</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>549072</x:v>
+        <x:v>583354</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>