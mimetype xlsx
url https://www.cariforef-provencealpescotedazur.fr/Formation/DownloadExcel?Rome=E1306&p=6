--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -494,116 +494,116 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Signalétique et décors graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP signalétique et décors graphiques blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Spéciale de Peinture Décorative de Provence - Atelier des Ocres</x:t>
   </x:si>
   <x:si>
     <x:t>04310</x:t>
   </x:si>
   <x:si>
     <x:t>GANAGOBIE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Colorimétrie et calibrage dans Photoshop</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/11/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>concepteur en communication graphique et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur en communication graphique et numérique spécialisation design graphique et numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
@@ -968,59 +968,59 @@
   <x:si>
     <x:t>Procreate maîtrise complète (fondamentaux + perfectionnement)</x:t>
   </x:si>
   <x:si>
     <x:t>Procreate Peinture numérique réaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Procreate perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Retouchez facilement vos photos avec le logiciel libre GIMP</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
@@ -1061,57 +1061,57 @@
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
@@ -2488,57 +2488,57 @@
       <x:c r="K15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>600474</x:v>
+        <x:v>452328</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>81</x:v>
@@ -2549,57 +2549,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>452328</x:v>
+        <x:v>600474</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -2856,139 +2856,139 @@
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>595913</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>595910</x:v>
+        <x:v>595911</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>595911</x:v>
+        <x:v>595910</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>90</x:v>
@@ -3143,141 +3143,141 @@
       <x:c r="R26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595917</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595916</x:v>
+        <x:v>595914</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595914</x:v>
+        <x:v>595916</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38567</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -4003,312 +4003,312 @@
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>591843</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>593062</x:v>
+        <x:v>593061</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>572802</x:v>
+        <x:v>593062</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591842</x:v>
+        <x:v>572802</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>593063</x:v>
+        <x:v>591842</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>593061</x:v>
+        <x:v>593063</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -4324,57 +4324,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>498735</x:v>
+        <x:v>547114</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>81</x:v>
@@ -4385,57 +4385,57 @@
       <x:c r="K48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>547114</x:v>
+        <x:v>498735</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -4560,51 +4560,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>585880</x:v>
+        <x:v>585883</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
@@ -4617,51 +4617,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>585883</x:v>
+        <x:v>585885</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -4671,51 +4671,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>585885</x:v>
+        <x:v>585880</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37305</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
@@ -4999,51 +4999,51 @@
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>576490</x:v>
+        <x:v>576488</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>69</x:v>
@@ -5052,159 +5052,159 @@
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>576489</x:v>
+        <x:v>576490</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>576488</x:v>
+        <x:v>576487</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>576487</x:v>
+        <x:v>576489</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -5683,261 +5683,261 @@
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>586982</x:v>
+        <x:v>586981</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>586983</x:v>
+        <x:v>586987</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>586996</x:v>
+        <x:v>586982</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>586981</x:v>
+        <x:v>586983</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>586987</x:v>
+        <x:v>586996</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>40</x:v>
@@ -6094,51 +6094,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>576560</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>63</x:v>
@@ -6458,51 +6458,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>71135</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>576695</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
@@ -6669,51 +6669,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>533249</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -6724,51 +6724,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>533166</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
@@ -6776,51 +6776,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>534206</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -6831,51 +6831,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>534204</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
@@ -7186,51 +7186,51 @@
       <x:c r="L101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
@@ -7239,51 +7239,51 @@
       <x:c r="L102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>577081</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
@@ -7390,51 +7390,51 @@
       <x:c r="L105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>577085</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -7445,51 +7445,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>534213</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
@@ -7497,51 +7497,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>534209</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
@@ -7704,51 +7704,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>534216</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -7759,100 +7759,100 @@
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>534218</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>577096</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
@@ -8167,51 +8167,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>577101</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
@@ -8326,51 +8326,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>533922</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -8381,51 +8381,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>533928</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
@@ -8483,51 +8483,51 @@
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>577820</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
@@ -8841,51 +8841,51 @@
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>71154</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>591296</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
@@ -8897,100 +8897,100 @@
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>603911</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>599757</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -9001,51 +9001,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>534228</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
@@ -9053,51 +9053,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>534225</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
@@ -9260,155 +9260,156 @@
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>534230</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>213</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>534232</x:v>
+        <x:v>615068</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>615068</x:v>
+        <x:v>534232</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
@@ -10183,51 +10184,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>534236</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -10238,51 +10239,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>534240</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -10346,111 +10347,111 @@
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>584267</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>581281</x:v>
+        <x:v>584267</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -10460,51 +10461,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>613735</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -10571,51 +10572,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>602508</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -10682,54 +10683,54 @@
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>614723</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10971,170 +10972,170 @@
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>601990</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>569997</x:v>
+        <x:v>608639</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="Q175" s="4" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="R175" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="S175" s="0" t="n">
+        <x:v>569997</x:v>
+      </x:c>
+      <x:c r="T175" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U175" s="4" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>327</x:v>
@@ -11148,51 +11149,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>601989</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -11321,51 +11322,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>605575</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -11378,51 +11379,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>581284</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -11546,51 +11547,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>581313</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -11714,51 +11715,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>581311</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>