--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -359,77 +359,77 @@
   <x:si>
     <x:t>Soin animalier</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien conseil vente en animalerie</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
@@ -599,125 +599,125 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecloson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecloson</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -884,50 +884,68 @@
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAF MSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLLENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
@@ -959,177 +977,159 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation des Métiers de la Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
-    <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Irc Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/10/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>02/10/2026 00:00:00</x:t>
+    <x:t>Optivalys Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
@@ -2902,296 +2902,296 @@
       <x:c r="K22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>510422</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>510425</x:v>
+        <x:v>573814</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>554552</x:v>
+        <x:v>599692</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>573814</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>599692</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -4817,271 +4817,271 @@
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
+      <x:c r="G55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F55" s="0" t="s">
+      <x:c r="I55" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="K55" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>579503</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>577268</x:v>
+        <x:v>588060</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>579505</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="U57" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G58" s="14" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="I58" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="H58" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>579505</x:v>
+        <x:v>579503</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -5109,87 +5109,87 @@
       <x:c r="R59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G60" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>612366</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
@@ -5283,192 +5283,192 @@
       <x:c r="R62" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>583315</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>572857</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>598727</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -5561,124 +5561,124 @@
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>566747</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>588061</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>612364</x:v>
       </x:c>
@@ -5792,247 +5792,247 @@
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>586460</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>569971</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>569972</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -6084,131 +6084,131 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>583665</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -6218,51 +6218,51 @@
       <x:c r="I79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
@@ -6488,136 +6488,136 @@
         <x:v>504559</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>552985</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>599839</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
@@ -6706,762 +6706,762 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="H88" s="14" t="s">
+      <x:c r="I88" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="I88" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="R88" s="14" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="S88" s="14" t="n">
+        <x:v>559983</x:v>
+      </x:c>
+      <x:c r="T88" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
+      <x:c r="U88" s="16" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I89" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="H89" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>566418</x:v>
+        <x:v>591823</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>604197</x:v>
+        <x:v>566418</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>552363</x:v>
+        <x:v>604197</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>599534</x:v>
+        <x:v>552363</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>587435</x:v>
+        <x:v>599534</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>548174</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>293</x:v>
-[...2 lines deleted...]
-        <x:v>294</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600638</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>603586</x:v>
+        <x:v>600638</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>502641</x:v>
+        <x:v>603586</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>502642</x:v>
+        <x:v>502641</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>601960</x:v>
+        <x:v>502642</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>154</x:v>
@@ -7472,764 +7472,767 @@
       <x:c r="K100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>601961</x:v>
+        <x:v>601960</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>545318</x:v>
+        <x:v>601961</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="Q102" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="S102" s="14" t="n">
+        <x:v>545318</x:v>
+      </x:c>
+      <x:c r="T102" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="Q102" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>605241</x:v>
+        <x:v>608490</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>191</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>272</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>570743</x:v>
+        <x:v>605241</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R105" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="S105" s="0" t="n">
+        <x:v>570743</x:v>
+      </x:c>
+      <x:c r="T105" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="Q105" s="4" t="s">
+      <x:c r="U105" s="4" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>603803</x:v>
+        <x:v>599052</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>602409</x:v>
+        <x:v>603803</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>555068</x:v>
+        <x:v>602409</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>555110</x:v>
+        <x:v>555068</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>555843</x:v>
+        <x:v>555110</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>555846</x:v>
+        <x:v>555843</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>547266</x:v>
+        <x:v>555846</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -8239,1284 +8242,1282 @@
       <x:c r="K113" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>605613</x:v>
+        <x:v>547266</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="R115" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="S115" s="0" t="n">
+        <x:v>552987</x:v>
+      </x:c>
+      <x:c r="T115" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U115" s="4" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>296</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>559983</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>566635</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>564808</x:v>
+        <x:v>571695</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>555070</x:v>
+        <x:v>599157</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>601041</x:v>
+        <x:v>608489</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>552000</x:v>
+        <x:v>557877</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>611169</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>571695</x:v>
+        <x:v>600046</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>599157</x:v>
+        <x:v>549548</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>196</x:v>
-[...2 lines deleted...]
-        <x:v>197</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>608489</x:v>
+        <x:v>603779</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>557877</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>557876</x:v>
+        <x:v>552327</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>600046</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>549548</x:v>
+        <x:v>602696</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>333</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>602696</x:v>
+        <x:v>546926</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-        <x:v>153</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>546926</x:v>
+        <x:v>566635</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>600044</x:v>
+        <x:v>564808</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>603779</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>552327</x:v>
+        <x:v>601041</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -9725,90 +9726,90 @@
       <x:c r="S138" s="14" t="n">
         <x:v>599904</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>602691</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9936,51 +9937,51 @@
       <x:c r="L142" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>549667</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -9996,51 +9997,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
@@ -10049,51 +10050,51 @@
       <x:c r="M144" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>599200</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>