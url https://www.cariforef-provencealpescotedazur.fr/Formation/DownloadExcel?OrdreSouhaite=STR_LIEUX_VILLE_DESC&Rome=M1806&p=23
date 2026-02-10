--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -287,80 +287,80 @@
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Proxmox réseau et stockage partagé</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UX/UI designer</x:t>
   </x:si>
   <x:si>
     <x:t>Unix</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en digitalisation et exploitation des bâtiments spécialisation manager de projet BIM et Smart Building (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance énergétique bâtiment</x:t>
+  </x:si>
+  <x:si>
     <x:t>Proxmox les fondamentaux</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
@@ -443,71 +443,71 @@
   <x:si>
     <x:t>Méthode Agile</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité télécommunication</x:t>
+  </x:si>
+  <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Développer sur la blockchain - smart contracts, dapps et web3</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
@@ -638,113 +638,113 @@
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>Data science</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agile Scrum Initiation + Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé du CESI spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>informatique (My Digital School)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My digital school Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>expert en ingénierie logicielle</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
@@ -1118,62 +1118,62 @@
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Préparation aux métiers du digital</x:t>
   </x:si>
   <x:si>
     <x:t>Label Emmaus</x:t>
   </x:si>
   <x:si>
     <x:t>93130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation entrée formation</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -1220,68 +1220,68 @@
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité IA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH - campus de Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en informatique et système d'information spécificité web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en informatique et système d'information spécificité web (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion sociale et de projet RSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>Gestion ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
@@ -1460,86 +1460,86 @@
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Métiers de l'informatique : administration et sécurité des systèmes et des réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Windows 10 en vidéo</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Windows 10</x:t>
   </x:si>
   <x:si>
     <x:t>Gnu-Linux</x:t>
   </x:si>
   <x:si>
     <x:t>Linux</x:t>
   </x:si>
   <x:si>
-    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
@@ -1658,62 +1658,71 @@
   <x:si>
     <x:t>BUT spécialité management de la logistique et des transports parcours mobilité et supply chain connectées</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours déploiement d'applications communicantes et sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Ynov Campus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de la donnée (chief data officer) spécialisation management de projets data et RGPD (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur full stack</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
@@ -1749,59 +1758,50 @@
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>consultant en stratégie d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
@@ -2933,316 +2933,314 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>448036</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>615207</x:v>
+        <x:v>613115</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>613115</x:v>
+        <x:v>615207</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C14" s="15" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C14" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J14" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J14" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>603802</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>603802</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603428</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -3252,57 +3250,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>57</x:v>
@@ -3313,57 +3311,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>603429</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>50</x:v>
@@ -3373,215 +3371,215 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>612217</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="C20" s="15" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C20" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="J20" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>615205</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>39217</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>549718</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>549718</x:v>
+        <x:v>615205</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
@@ -4320,442 +4318,442 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>589901</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>34394</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>534875</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>535023</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>550955</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>603807</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>40744</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>24293</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>599305</x:v>
+        <x:v>553420</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C42" s="15" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="n">
+        <x:v>40744</x:v>
+      </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J42" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603807</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38905</x:v>
+        <x:v>34394</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>553420</x:v>
+        <x:v>534875</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
@@ -5872,51 +5870,51 @@
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
@@ -6448,51 +6446,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
@@ -6572,2063 +6570,2065 @@
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>578622</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>174</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>578627</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>597162</x:v>
+        <x:v>613114</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>453836</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>505591</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592803</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C86" s="15" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="n">
+        <x:v>37985</x:v>
+      </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="J86" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>31020</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>587023</x:v>
+        <x:v>597162</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>603801</x:v>
+        <x:v>587023</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>31094</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>505902</x:v>
+        <x:v>603801</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>213</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>598490</x:v>
+        <x:v>505902</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>589942</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>595214</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>35284</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>588341</x:v>
+        <x:v>595214</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>589941</x:v>
+        <x:v>588341</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>500743</x:v>
+        <x:v>589941</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>580870</x:v>
+        <x:v>500743</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549291</x:v>
+        <x:v>580870</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="C97" s="3" t="s"/>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31004</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>568199</x:v>
+        <x:v>549291</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>497528</x:v>
+        <x:v>568199</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C99" s="3" t="s"/>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>31020</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>587024</x:v>
+        <x:v>497528</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>217</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>11052</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>578115</x:v>
+        <x:v>587024</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C101" s="3" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="n">
+        <x:v>39485</x:v>
+      </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>31020</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>587021</x:v>
+        <x:v>578115</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>614355</x:v>
+        <x:v>587021</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>251</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>253</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>31004</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>583890</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="F104" s="14" t="s"/>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F104" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
       <x:c r="G104" s="14" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>253</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>235</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>601236</x:v>
+        <x:v>583890</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>601236</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>31020</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>587022</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>587025</x:v>
+        <x:v>587022</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>592546</x:v>
+        <x:v>587025</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40363</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>453831</x:v>
+        <x:v>592546</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38905</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="S110" s="14" t="n">
+        <x:v>453831</x:v>
+      </x:c>
+      <x:c r="T110" s="16" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C111" s="3" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>613114</x:v>
+        <x:v>497532</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>587026</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>568028</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36197</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>497067</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
@@ -9365,51 +9365,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
@@ -9480,51 +9480,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -11306,280 +11306,280 @@
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>578314</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="S163" s="0" t="n">
+        <x:v>616876</x:v>
+      </x:c>
+      <x:c r="T163" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="S163" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T163" s="4" t="s">
+      <x:c r="U163" s="4" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="S164" s="14" t="n">
+        <x:v>616836</x:v>
+      </x:c>
+      <x:c r="T164" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="S164" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T164" s="16" t="s">
+      <x:c r="U164" s="16" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>15084</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>608728</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>587014</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -11684,51 +11684,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>605597</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -11743,51 +11743,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>605599</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>50</x:v>
@@ -12024,311 +12024,311 @@
         <x:v>599358</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>497533</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>587019</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>587017</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>587018</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>505900</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31020</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -12376,51 +12376,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605593</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -12441,100 +12441,100 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>605594</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37985</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>597161</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12609,488 +12609,487 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>584266</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>505588</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>497530</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>383</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>384</x:v>
-[...2 lines deleted...]
-        <x:v>385</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>386</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31020</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>586506</x:v>
+        <x:v>587020</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>605595</x:v>
+        <x:v>584272</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>605596</x:v>
+        <x:v>605595</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C192" s="15" t="s"/>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="J192" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J192" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>31020</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>587020</x:v>
+        <x:v>605596</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>595213</x:v>
+        <x:v>586506</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>40573</x:v>
+        <x:v>35284</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>584272</x:v>
+        <x:v>595213</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -13403,51 +13402,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
@@ -14556,51 +14555,51 @@
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>499795</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -14672,51 +14671,51 @@
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>499794</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -15888,51 +15887,51 @@
       <x:c r="M246" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>581442</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
@@ -16044,261 +16043,258 @@
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>603741</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>463</x:v>
-[...1 lines deleted...]
-      <x:c r="C250" s="15" t="s"/>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="n">
+        <x:v>41354</x:v>
+      </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s"/>
+      <x:c r="E250" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I250" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="H250" s="14" t="s"/>
-      <x:c r="I250" s="16" t="s">
+      <x:c r="J250" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="K250" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L250" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="M250" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N250" s="15" t="n">
+        <x:v>32025</x:v>
+      </x:c>
+      <x:c r="O250" s="14" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="P250" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="J250" s="14" t="s"/>
-[...17 lines deleted...]
-      </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>542435</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>542434</x:v>
+        <x:v>542435</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="P252" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="P252" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>542290</x:v>
+        <x:v>542434</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
-      <x:c r="E253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G253" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="I253" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="H253" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>609174</x:v>
+        <x:v>542290</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
@@ -17982,100 +17978,100 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>613107</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
@@ -18141,51 +18137,51 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>568209</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31006</x:v>
@@ -18195,51 +18191,51 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>50</x:v>
@@ -18252,51 +18248,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31006</x:v>
@@ -18637,2479 +18633,2478 @@
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>535026</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C298" s="15" t="s"/>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C298" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s"/>
+      <x:c r="E298" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J298" s="14" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="J298" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>603735</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>549752</x:v>
+        <x:v>506860</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>531</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>528</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>506858</x:v>
+        <x:v>603735</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>35476</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
+      <x:c r="E301" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>575979</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>35378</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>603842</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35476</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>604973</x:v>
+        <x:v>575979</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="C304" s="15" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="n">
+        <x:v>35378</x:v>
+      </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s"/>
+      <x:c r="E304" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H304" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="J304" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>568024</x:v>
+        <x:v>603842</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
+      <x:c r="E305" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>31004</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>568207</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>536</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>528</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>581537</x:v>
+        <x:v>568024</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>537</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
-      <x:c r="E307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31004</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>550743</x:v>
+        <x:v>568207</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>35378</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>575971</x:v>
+        <x:v>581537</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>554938</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C310" s="15" t="s"/>
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="n">
+        <x:v>35378</x:v>
+      </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J310" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>603733</x:v>
+        <x:v>575971</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>37843</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>535038</x:v>
+        <x:v>554938</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>538</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>616438</x:v>
+        <x:v>603733</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>506861</x:v>
+        <x:v>535038</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>38606</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
-      <x:c r="E314" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>506863</x:v>
+        <x:v>616438</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>506864</x:v>
+        <x:v>506861</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>34758</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>546</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>526922</x:v>
+        <x:v>506863</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>549759</x:v>
+        <x:v>506864</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>34758</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>530</x:v>
-[...1 lines deleted...]
-      <x:c r="H318" s="14" t="s"/>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
+        <x:v>550</x:v>
+      </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>549760</x:v>
+        <x:v>526922</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>506859</x:v>
+        <x:v>549759</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
+      <x:c r="E321" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>556098</x:v>
+        <x:v>506859</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C322" s="15" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s"/>
+      <x:c r="E322" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J322" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>613093</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>606189</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>555</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
-      <x:c r="E324" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>528</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>605010</x:v>
+        <x:v>613093</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
-      <x:c r="E325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>605013</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>35378</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>509942</x:v>
+        <x:v>605010</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>453851</x:v>
+        <x:v>605013</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>35390</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s"/>
+      <x:c r="E328" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>575982</x:v>
+        <x:v>509942</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>35378</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>535022</x:v>
+        <x:v>453851</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>35390</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
-      <x:c r="E330" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H330" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>535024</x:v>
+        <x:v>575982</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>604978</x:v>
+        <x:v>535022</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s"/>
+      <x:c r="E332" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>615894</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>39577</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
+      <x:c r="E333" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>592413</x:v>
+        <x:v>604978</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>611205</x:v>
+        <x:v>613094</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>560</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
-      <x:c r="E335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>528</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>506857</x:v>
+        <x:v>613095</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>39577</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
-      <x:c r="E336" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>506860</x:v>
+        <x:v>592413</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>563</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>528</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>597152</x:v>
+        <x:v>611205</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C338" s="15" t="s"/>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="C338" s="15" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J338" s="14" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="J338" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>603734</x:v>
+        <x:v>597152</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>613094</x:v>
+        <x:v>603734</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C340" s="15" t="s"/>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C340" s="15" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J340" s="14" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="J340" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>46335</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>613095</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -21119,62 +21114,62 @@
       <x:c r="L341" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>506862</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -21294,54 +21289,54 @@
       <x:c r="L344" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>549757</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U344" s="16" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -21351,54 +21346,54 @@
       <x:c r="L345" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>549758</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U345" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
@@ -21536,61 +21531,61 @@
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>608924</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>497</x:v>
       </x:c>