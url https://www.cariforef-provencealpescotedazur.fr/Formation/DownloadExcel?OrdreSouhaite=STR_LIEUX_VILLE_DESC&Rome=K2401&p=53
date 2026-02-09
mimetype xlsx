--- v2 (2026-02-09)
+++ v3 (2026-02-09)
@@ -641,65 +641,65 @@
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres (2e année ENS Ulm) arabe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arabe</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) histoire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité arabe</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres (2e année ENS Ulm) arabe</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) mathématiques approfondies</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) géographie</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (1re année) mathématiques approfondies</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
@@ -791,62 +791,62 @@
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Cyrano</x:t>
   </x:si>
   <x:si>
     <x:t>master mention arts</x:t>
   </x:si>
   <x:si>
     <x:t>Arts plastiques</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique économique</x:t>
+  </x:si>
+  <x:si>
     <x:t>École A (Lycée France Maths)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole A (Lycée France Maths)</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention économie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'université histoire de l'art et archéologie - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
@@ -953,77 +953,77 @@
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Yavné</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Lacordaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Lacordaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée l'Olivier - R Coffy</x:t>
+  </x:si>
+  <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée l'Olivier - R Coffy</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Hamaskaïne</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Hamaskaïne</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Melizan</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
@@ -1283,113 +1283,113 @@
   <x:si>
     <x:t>Lycée M Genevoix</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de Sion</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée St-Joseph les Maristes</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ami</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée St-Joseph les Maristes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication des organisations, information, médias et numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours management de projets en communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Chevreul - Blancarde</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Belsunce</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée cité internationale Jacques Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J. Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie parcours recherche en économie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
@@ -1877,71 +1877,71 @@
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention politiques publiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée T Aubanel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée T Aubanel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention politiques publiques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
@@ -2066,59 +2066,59 @@
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sondage</x:t>
   </x:si>
   <x:si>
     <x:t>master mention archéologie, sciences pour l'archéologie</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention anthropologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement local</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention anthropologie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Linguistique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie cognitive</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit pénal et sciences criminelles</x:t>
@@ -2288,141 +2288,141 @@
   <x:si>
     <x:t>Ecole secondaire du Val St-André</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités parcours humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité lettres classiques</x:t>
   </x:si>
   <x:si>
+    <x:t>DU Islamologie : principes, enjeux, applications dans la France contemporaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Religion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention lettres parcours monde du livre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours métiers de l'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours recherche et concours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>Théologie</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté Jean Calvin</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
-    <x:t>Religion</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
-[...35 lines deleted...]
-    <x:t>Master mention information, communication parcours métiers de l'information</x:t>
+    <x:t>Master mention histoire parcours pouvoirs, savoirs, genre (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention science politique Parcours politiques européennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut d'Etudes Politiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les lettres, le français langue étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours professeur documentaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Sacré-Coeur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours archives, bibliothèques, humanités numériques (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours territoire, hommes, sociétés</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
   </x:si>
   <x:si>
     <x:t>CU fondements islamologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours stratégies de communication et relations presse</x:t>
   </x:si>
@@ -6333,139 +6333,139 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>593074</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>595506</x:v>
+        <x:v>595852</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595852</x:v>
+        <x:v>595506</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
@@ -6761,270 +6761,270 @@
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>15259</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>595514</x:v>
+        <x:v>595848</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>595521</x:v>
+        <x:v>595514</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>595559</x:v>
+        <x:v>595521</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>595561</x:v>
+        <x:v>595559</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>15259</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>595848</x:v>
+        <x:v>595561</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>182</x:v>
@@ -9670,417 +9670,418 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C130" s="15" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="n">
+        <x:v>39059</x:v>
+      </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>230</x:v>
-[...1 lines deleted...]
-      <x:c r="J130" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J130" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>593880</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>592038</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="P132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592038</x:v>
+        <x:v>593880</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>595633</x:v>
+        <x:v>587833</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="C134" s="15" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C134" s="15" t="n">
+        <x:v>39426</x:v>
+      </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="J134" s="14" t="s"/>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J134" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>14216</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>587833</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>593911</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>592118</x:v>
+        <x:v>593911</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11775,204 +11776,202 @@
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>597358</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>575945</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C170" s="15" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C170" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="J170" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J170" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>593843</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>597270</x:v>
+        <x:v>597357</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
@@ -11985,105 +11984,105 @@
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>597357</x:v>
+        <x:v>597360</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>597360</x:v>
+        <x:v>597270</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
@@ -12152,51 +12151,51 @@
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>597362</x:v>
+        <x:v>597300</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
@@ -12209,51 +12208,51 @@
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>597365</x:v>
+        <x:v>597362</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -12263,51 +12262,51 @@
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>597300</x:v>
+        <x:v>597365</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>299</x:v>
@@ -12418,100 +12417,100 @@
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>593810</x:v>
+        <x:v>593913</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>593913</x:v>
+        <x:v>593810</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>299</x:v>
@@ -13093,300 +13092,300 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>593804</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>595637</x:v>
+        <x:v>595644</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>595641</x:v>
+        <x:v>595634</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>595644</x:v>
+        <x:v>595662</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>595634</x:v>
+        <x:v>595637</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>595662</x:v>
+        <x:v>595641</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
@@ -14394,149 +14393,150 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>595987</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="C219" s="3" t="s"/>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="n">
+        <x:v>39015</x:v>
+      </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>596005</x:v>
+        <x:v>592034</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>592034</x:v>
+        <x:v>596005</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
@@ -14651,82 +14651,82 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>595516</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>592039</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -14859,343 +14859,343 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>593077</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>595108</x:v>
+        <x:v>596021</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>596021</x:v>
+        <x:v>596004</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>595515</x:v>
+        <x:v>595967</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>595518</x:v>
+        <x:v>595515</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>596004</x:v>
+        <x:v>595518</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>595967</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>357</x:v>
@@ -15573,82 +15573,82 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>595846</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>592037</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
@@ -15732,51 +15732,51 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>594660</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
@@ -18616,51 +18616,51 @@
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>597342</x:v>
+        <x:v>597282</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
@@ -18673,51 +18673,51 @@
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>597345</x:v>
+        <x:v>597342</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -18727,51 +18727,51 @@
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>597282</x:v>
+        <x:v>597345</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>400</x:v>
@@ -18896,188 +18896,188 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>595984</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>592968</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>592963</x:v>
+        <x:v>592968</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>593881</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>400</x:v>
@@ -19086,100 +19086,100 @@
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>593853</x:v>
+        <x:v>593881</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>593836</x:v>
+        <x:v>593853</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>400</x:v>
@@ -19800,93 +19800,93 @@
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>581257</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>575795</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -19899,110 +19899,110 @@
       <x:c r="K321" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>575797</x:v>
+        <x:v>575795</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>40617</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>581325</x:v>
+        <x:v>575797</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -20164,51 +20164,51 @@
       <x:c r="G326" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>575687</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
@@ -20221,51 +20221,51 @@
       <x:c r="G327" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>575688</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
@@ -20451,82 +20451,82 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>593857</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
@@ -20816,51 +20816,51 @@
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>597351</x:v>
+        <x:v>597289</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -20870,51 +20870,51 @@
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>597289</x:v>
+        <x:v>597351</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
@@ -24167,188 +24167,188 @@
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>593807</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>595909</x:v>
+        <x:v>596006</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>595964</x:v>
+        <x:v>595909</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>596006</x:v>
+        <x:v>595964</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>552</x:v>
@@ -25449,252 +25449,251 @@
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>593896</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C428" s="15" t="s"/>
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="C428" s="15" t="n">
+        <x:v>38177</x:v>
+      </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>603</x:v>
-[...1 lines deleted...]
-      <x:c r="J428" s="14" t="s"/>
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="J428" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>593812</x:v>
+        <x:v>597451</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="I429" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="Q429" s="4" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>593858</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="Q430" s="16" t="s">
         <x:v>606</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>607</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>593747</x:v>
+        <x:v>593812</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>608</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>563</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>597451</x:v>
+        <x:v>593747</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -27628,145 +27627,145 @@
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>592795</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>40548</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>592572</x:v>
+        <x:v>591985</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>39038</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>591985</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -28695,203 +28694,203 @@
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>593821</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>597306</x:v>
+        <x:v>596009</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>597307</x:v>
+        <x:v>597306</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="C491" s="3" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C491" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>596009</x:v>
+        <x:v>597307</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
@@ -29000,51 +28999,51 @@
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>597309</x:v>
+        <x:v>597277</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -29054,163 +29053,164 @@
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>597277</x:v>
+        <x:v>597309</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>597279</x:v>
+        <x:v>592891</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="C497" s="3" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C497" s="3" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J497" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>592891</x:v>
+        <x:v>597279</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -29396,82 +29396,82 @@
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>597268</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>592036</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
@@ -30858,51 +30858,51 @@
       <x:c r="G528" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>575524</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
@@ -32032,157 +32032,161 @@
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>595588</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="C550" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I550" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="J550" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>580919</x:v>
+        <x:v>617038</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>740</x:v>
-[...1 lines deleted...]
-      <x:c r="C551" s="3" t="s"/>
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C551" s="3" t="n">
+        <x:v>38200</x:v>
+      </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J551" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>14241</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>590715</x:v>
+        <x:v>581250</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32197,313 +32201,326 @@
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>746</x:v>
-[...1 lines deleted...]
-      <x:c r="C553" s="3" t="s"/>
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="C553" s="3" t="n">
+        <x:v>40717</x:v>
+      </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>14241</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>617038</x:v>
+        <x:v>580919</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>748</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>749</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>581250</x:v>
+        <x:v>595580</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>595580</x:v>
+        <x:v>593889</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C556" s="15" t="s"/>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="C556" s="15" t="n">
+        <x:v>39494</x:v>
+      </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>713</x:v>
-[...1 lines deleted...]
-      <x:c r="H556" s="14" t="s"/>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>714</x:v>
-[...1 lines deleted...]
-      <x:c r="J556" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>593889</x:v>
+        <x:v>575541</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C557" s="3" t="s"/>
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C557" s="3" t="n">
+        <x:v>38208</x:v>
+      </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J557" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>595975</x:v>
+        <x:v>574902</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32518,51 +32535,51 @@
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>576324</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>27</x:v>
@@ -32575,51 +32592,51 @@
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>576325</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -32634,51 +32651,51 @@
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>575695</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>27</x:v>
@@ -32691,1491 +32708,1479 @@
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>574777</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>756</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>575541</x:v>
+        <x:v>595975</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>757</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>574902</x:v>
+        <x:v>590715</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>40717</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>580921</x:v>
+        <x:v>584137</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I566" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>584137</x:v>
+        <x:v>590758</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>760</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>761</x:v>
-[...2 lines deleted...]
-        <x:v>762</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>692</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>590758</x:v>
+        <x:v>595993</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>595993</x:v>
+        <x:v>595995</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>595995</x:v>
+        <x:v>595509</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>595509</x:v>
+        <x:v>595511</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="C571" s="3" t="s"/>
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="C571" s="3" t="n">
+        <x:v>38200</x:v>
+      </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J571" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>595511</x:v>
+        <x:v>576327</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>576327</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>575940</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>575940</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>575946</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>575947</x:v>
+        <x:v>575952</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>766</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>282</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>575952</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C579" s="3" t="s"/>
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="C579" s="3" t="n">
+        <x:v>40794</x:v>
+      </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H579" s="0" t="s">
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J579" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>593819</x:v>
+        <x:v>584135</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="C580" s="15" t="s"/>
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="C580" s="15" t="n">
+        <x:v>40794</x:v>
+      </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>713</x:v>
-[...1 lines deleted...]
-      <x:c r="H580" s="14" t="s"/>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H580" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
       <x:c r="I580" s="16" t="s">
-        <x:v>714</x:v>
-[...1 lines deleted...]
-      <x:c r="J580" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J580" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="K580" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>595994</x:v>
+        <x:v>584136</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="C581" s="3" t="s"/>
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>40717</x:v>
+      </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>595976</x:v>
+        <x:v>580921</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I582" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>584135</x:v>
+        <x:v>575523</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>584136</x:v>
+        <x:v>575530</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
-        <x:v>39038</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>575523</x:v>
+        <x:v>597259</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>771</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>280</x:v>
-[...2 lines deleted...]
-        <x:v>281</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>13024</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>575530</x:v>
+        <x:v>595976</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>597259</x:v>
+        <x:v>595994</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>617039</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
@@ -34476,96 +34481,96 @@
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>593073</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>590707</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>