--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -329,65 +329,65 @@
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie aéronautique double parcours maintenance aéronautique et technologie des aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
@@ -1004,74 +1004,74 @@
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Génie des procédés et bio procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Cycle Professionnel Management des Hommes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'École polytechnique universitaire de l'université Côte d'Azur spécialité robotique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité électronique et systèmes embarqués (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université Nice Côte d'Azur - Polytech Nice Sophia</x:t>
   </x:si>
   <x:si>
-    <x:t>06410</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Renforcer sa posture de manager et son leadership</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité électronique et systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>EURECOM</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
@@ -1133,66 +1133,66 @@
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité mécanique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité génie électrique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable amélioration continue en industrie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kaizen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX - LES MILLES</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2799,160 +2799,158 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>501083</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38412</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>616027</x:v>
+        <x:v>550304</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38321</x:v>
+        <x:v>38412</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>550304</x:v>
+        <x:v>616027</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -3193,51 +3191,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>596950</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -3247,51 +3245,51 @@
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>596949</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -3411,51 +3409,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>615681</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3581,51 +3579,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592094</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3862,51 +3860,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>591876</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
@@ -3968,51 +3966,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4375,51 +4373,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>591962</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37581</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4432,51 +4430,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>595605</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4662,51 +4660,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>591873</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5124,51 +5122,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5351,51 +5349,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37581</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5822,105 +5820,105 @@
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>550303</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>616026</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5933,51 +5931,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592072</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -5987,51 +5985,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>591862</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38097</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6044,51 +6042,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>595663</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6098,51 +6096,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>591933</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6155,51 +6153,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>591877</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6266,51 +6264,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>596772</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6320,51 +6318,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>591982</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6431,51 +6429,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>591934</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6488,51 +6486,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>591859</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38682</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6542,51 +6540,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>591872</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6599,51 +6597,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6653,51 +6651,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>595842</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6710,51 +6708,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>591961</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6764,51 +6762,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591994</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -6821,51 +6819,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6875,51 +6873,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>591861</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
@@ -6928,51 +6926,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>592226</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -6982,51 +6980,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>592093</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -8249,51 +8247,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8420,51 +8418,51 @@
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>596694</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
@@ -9021,284 +9019,282 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>588504</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>30062</x:v>
+        <x:v>39255</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>305</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>31608</x:v>
+        <x:v>31845</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>523258</x:v>
+        <x:v>605726</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39255</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>31845</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>605726</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>40815</x:v>
+        <x:v>30126</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>550286</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>30126</x:v>
+        <x:v>30062</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>550286</x:v>
+        <x:v>523258</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -9311,542 +9307,542 @@
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>591860</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C135" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>605717</x:v>
+        <x:v>613714</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35637</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>616028</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>316</x:v>
-[...1 lines deleted...]
-      <x:c r="C137" s="3" t="s"/>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C137" s="3" t="n">
+        <x:v>38211</x:v>
+      </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>613714</x:v>
+        <x:v>605717</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>501077</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>559257</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>613723</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>613715</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>559265</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>555743</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -9859,51 +9855,51 @@
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -9913,51 +9909,51 @@
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -9970,51 +9966,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10024,51 +10020,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>592073</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10081,51 +10077,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -10248,174 +10244,173 @@
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>514616</x:v>
+        <x:v>451902</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>336</x:v>
-[...1 lines deleted...]
-      <x:c r="C152" s="15" t="s"/>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C152" s="15" t="n">
+        <x:v>39130</x:v>
+      </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>337</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>451902</x:v>
+        <x:v>558151</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>335</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>558151</x:v>
+        <x:v>514616</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39305</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -10428,51 +10423,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38690</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10543,51 +10538,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37939</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -10785,51 +10780,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>550302</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -10845,51 +10840,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>605714</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>79</x:v>
@@ -10906,159 +10901,161 @@
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>605716</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="C163" s="3" t="s"/>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="n">
+        <x:v>41439</x:v>
+      </x:c>
       <x:c r="D163" s="3" t="s"/>
+      <x:c r="E163" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J163" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>31458</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>617107</x:v>
+        <x:v>611015</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>355</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>31458</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="R164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>611015</x:v>
+        <x:v>617107</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>