--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -542,74 +542,74 @@
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien de fabrication bois et matériaux associés</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Menuisier fabricant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
-    <x:t>GRASSE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Léon Chiris</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien Constructeur Bois</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien constructeur bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
@@ -644,78 +644,78 @@
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Castel Bevons</x:t>
   </x:si>
   <x:si>
     <x:t>Menuisier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure d'Ebénisterie de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>ESEHP</x:t>
   </x:si>
   <x:si>
     <x:t>04400</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Les finitions des menuiseries intérieures et extérieures, polychromie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFRPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réhabilitation de portes et fenêtres anciennes</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
@@ -3379,57 +3379,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>604061</x:v>
+        <x:v>548374</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -3438,57 +3438,57 @@
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>548374</x:v>
+        <x:v>604061</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3625,154 +3625,154 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>503617</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>596259</x:v>
+        <x:v>595566</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>45591</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>595566</x:v>
+        <x:v>596259</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4832,97 +4832,97 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>548328</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603978</x:v>
+        <x:v>548329</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
@@ -4934,114 +4934,114 @@
       <x:c r="K64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>603984</x:v>
+        <x:v>603978</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>603990</x:v>
+        <x:v>603984</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5050,386 +5050,386 @@
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>503549</x:v>
+        <x:v>603990</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>503545</x:v>
+        <x:v>503549</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>548329</x:v>
+        <x:v>503545</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37911</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="I69" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
+      <x:c r="R69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="R69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>582027</x:v>
+        <x:v>594218</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="S70" s="14" t="n">
+        <x:v>582027</x:v>
+      </x:c>
+      <x:c r="T70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
+      <x:c r="U70" s="16" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37911</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>594218</x:v>
+        <x:v>594271</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596255</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5523,103 +5523,103 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>502017</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>552845</x:v>
+        <x:v>604265</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>131</x:v>
@@ -5630,117 +5630,117 @@
       <x:c r="K76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>552881</x:v>
+        <x:v>604266</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>604265</x:v>
+        <x:v>552845</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>131</x:v>
@@ -5751,57 +5751,57 @@
       <x:c r="K78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604266</x:v>
+        <x:v>552881</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -6217,489 +6217,489 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>460657</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>594252</x:v>
+        <x:v>493627</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>471</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>543644</x:v>
+        <x:v>594253</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>494769</x:v>
+        <x:v>543670</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>493627</x:v>
+        <x:v>594252</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>594253</x:v>
+        <x:v>543644</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>543670</x:v>
+        <x:v>493600</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>471</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>493600</x:v>
+        <x:v>494758</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>494758</x:v>
+        <x:v>494769</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -6780,51 +6780,51 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>595921</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22404</x:v>
@@ -6888,154 +6888,153 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>596265</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>547606</x:v>
+        <x:v>543663</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>543663</x:v>
+        <x:v>547606</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -7118,544 +7117,543 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>566297</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
-      <x:c r="E103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>548271</x:v>
+        <x:v>614868</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="C104" s="15" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="n">
+        <x:v>35974</x:v>
+      </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
+      <x:c r="I104" s="16" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K104" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L104" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="M104" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N104" s="15" t="n">
+        <x:v>22404</x:v>
+      </x:c>
+      <x:c r="O104" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P104" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q104" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R104" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="H104" s="14" t="s">
-[...29 lines deleted...]
-      </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>614866</x:v>
+        <x:v>503383</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>503383</x:v>
+        <x:v>603364</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>603364</x:v>
+        <x:v>603370</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>603370</x:v>
+        <x:v>548272</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>548272</x:v>
+        <x:v>548271</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>614868</x:v>
+        <x:v>614866</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>503381</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R111" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614896</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7664,109 +7662,109 @@
         <x:v>114</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>548277</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R113" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>614895</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7775,114 +7773,114 @@
         <x:v>114</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>548276</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>603352</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7891,57 +7889,57 @@
         <x:v>114</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>603358</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8494,148 +8492,148 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>548208</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>596256</x:v>
+        <x:v>594273</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>594273</x:v>
+        <x:v>596256</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -8648,57 +8646,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>503177</x:v>
+        <x:v>548418</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -8707,283 +8705,283 @@
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>548418</x:v>
+        <x:v>548419</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>548419</x:v>
+        <x:v>603157</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>603157</x:v>
+        <x:v>503119</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>503119</x:v>
+        <x:v>548420</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37238</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>548401</x:v>
+        <x:v>548421</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -8996,57 +8994,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>503180</x:v>
+        <x:v>603163</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9055,167 +9053,167 @@
       <x:c r="K136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>603151</x:v>
+        <x:v>603145</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>548420</x:v>
+        <x:v>503177</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>548421</x:v>
+        <x:v>548401</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -9228,57 +9226,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>603163</x:v>
+        <x:v>503180</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -9287,57 +9285,57 @@
       <x:c r="K140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>603145</x:v>
+        <x:v>603151</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>90</x:v>
       </x:c>