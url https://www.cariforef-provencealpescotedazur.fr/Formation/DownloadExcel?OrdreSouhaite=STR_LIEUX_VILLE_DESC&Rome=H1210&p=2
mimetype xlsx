--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -443,62 +443,62 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation de systèmes automatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance système automatisé</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>84140</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels parcours systèmes automatisés-robotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie dimensionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
@@ -587,56 +587,56 @@
   <x:si>
     <x:t>licence mention sciences pour l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité chimie parcours matériaux et produits formulés (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mécanique parcours mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
@@ -1100,93 +1100,93 @@
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour la Formation Continue des Entreprises Grassoises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASFO GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingrédient arôme alimentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
-    <x:t>GRASSE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
@@ -3480,51 +3480,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602805</x:v>
+        <x:v>602807</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>120</x:v>
@@ -3541,102 +3541,102 @@
       <x:c r="K30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>602807</x:v>
+        <x:v>602805</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>558858</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
@@ -4941,165 +4941,164 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35496</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>509945</x:v>
+        <x:v>576166</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>35496</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>576166</x:v>
+        <x:v>509945</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5743,100 +5742,103 @@
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>591956</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>38883</x:v>
+        <x:v>38382</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>597560</x:v>
+        <x:v>553743</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -5845,108 +5847,105 @@
       <x:c r="K70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>553743</x:v>
+        <x:v>600772</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38382</x:v>
+        <x:v>38883</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>600772</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>198</x:v>
@@ -9235,57 +9234,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>508946</x:v>
+        <x:v>609739</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -9295,57 +9294,57 @@
       <x:c r="K131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>609739</x:v>
+        <x:v>508946</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
@@ -11324,161 +11323,163 @@
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>493638</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>298</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>605688</x:v>
+        <x:v>493638</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12866,457 +12867,455 @@
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>591944</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>37850</x:v>
+        <x:v>38127</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s"/>
+      <x:c r="E194" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="H194" s="14" t="s"/>
+      <x:c r="H194" s="14" t="s">
+        <x:v>345</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>22885</x:v>
+        <x:v>21505</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="Q194" s="16" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="R194" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="Q194" s="16" t="s">
-[...2 lines deleted...]
-      <x:c r="R194" s="14" t="s">
+      <x:c r="S194" s="14" t="n">
+        <x:v>599068</x:v>
+      </x:c>
+      <x:c r="T194" s="16" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38127</x:v>
+        <x:v>37850</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="H195" s="0" t="s">
+      <x:c r="I195" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="I195" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>21505</x:v>
+        <x:v>22885</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>599067</x:v>
+        <x:v>597188</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>599068</x:v>
+        <x:v>599067</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>544836</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>544837</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>495252</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>495253</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38543</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
@@ -14550,102 +14549,102 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>549869</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>37115</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>514128</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -14669,102 +14668,102 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>605835</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>514128</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>