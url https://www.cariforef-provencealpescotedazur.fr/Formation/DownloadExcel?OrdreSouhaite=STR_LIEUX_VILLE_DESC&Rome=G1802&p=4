--- v0 (2026-02-09)
+++ v1 (2026-03-29)
@@ -221,71 +221,71 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Elisabeth - LPP Sainte Elisatbeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
@@ -332,59 +332,59 @@
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13640</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUE-D'ANTHERON</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'équipes en hôtellerie et restauration de grand hôtel international</x:t>
   </x:si>
   <x:si>
     <x:t>ICARE Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion hôtel restaurant bar</x:t>
@@ -401,87 +401,87 @@
   <x:si>
     <x:t>84032</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Formation santé</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de service en hôtellerie, tourisme et restauration (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion restauration collective</x:t>
   </x:si>
   <x:si>
-    <x:t>08/27/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BP Arts du Service et Commercialisation en Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
@@ -1252,172 +1252,172 @@
       <x:c r="K5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>543310</x:v>
+        <x:v>556803</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>556803</x:v>
+        <x:v>609754</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>609754</x:v>
+        <x:v>543310</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>57</x:v>
@@ -1434,57 +1434,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>604841</x:v>
+        <x:v>544171</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -1494,57 +1494,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>544171</x:v>
+        <x:v>604841</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>59</x:v>
@@ -1725,54 +1725,54 @@
       <x:c r="L13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>544166</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>59</x:v>
@@ -1904,57 +1904,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>604087</x:v>
+        <x:v>544157</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -1964,57 +1964,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>553318</x:v>
+        <x:v>604087</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>59</x:v>
@@ -2025,57 +2025,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>544157</x:v>
+        <x:v>553318</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -2146,57 +2146,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>509503</x:v>
+        <x:v>607206</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -2206,57 +2206,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>607206</x:v>
+        <x:v>509503</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -2322,57 +2322,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>542978</x:v>
+        <x:v>601070</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
@@ -2381,57 +2381,57 @@
       <x:c r="K24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>601070</x:v>
+        <x:v>542978</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="U24" s="16" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -2444,51 +2444,51 @@
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>506462</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39975</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2628,332 +2628,332 @@
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>602753</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38429</x:v>
+        <x:v>37558</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>546706</x:v>
+        <x:v>496813</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38785</x:v>
+        <x:v>38429</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42729</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>547234</x:v>
+        <x:v>546706</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37558</x:v>
+        <x:v>38785</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42729</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>496813</x:v>
+        <x:v>547234</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>518770</x:v>
+        <x:v>587948</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>587948</x:v>
+        <x:v>518770</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="U33" s="4" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -2962,57 +2962,57 @@
       <x:c r="K34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604376</x:v>
+        <x:v>547762</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -3075,57 +3075,57 @@
       <x:c r="K36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>547762</x:v>
+        <x:v>604376</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3196,54 +3196,54 @@
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>544758</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>