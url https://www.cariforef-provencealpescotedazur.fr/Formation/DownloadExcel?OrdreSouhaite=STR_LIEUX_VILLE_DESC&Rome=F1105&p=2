--- v0 (2025-12-08)
+++ v1 (2026-02-20)
@@ -323,81 +323,81 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
@@ -1669,250 +1669,250 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>592223</x:v>
+        <x:v>592350</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>592350</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>595476</x:v>
+        <x:v>592949</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592949</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -1984,51 +1984,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>574921</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -2100,215 +2100,215 @@
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>574919</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>577560</x:v>
+        <x:v>581549</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>581549</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>577561</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
@@ -2332,51 +2332,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>574919</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -2389,51 +2389,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>574924</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
@@ -2448,51 +2448,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>574927</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>