--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -527,74 +527,74 @@
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Les Fauvettes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
-    <x:t>06400</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique Les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FORMATION</x:t>
@@ -656,62 +656,62 @@
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>Cpe-Cfa</x:t>
   </x:si>
   <x:si>
     <x:t>CPEAS - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
@@ -839,71 +839,71 @@
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Employé administratif et d’accueil</x:t>
   </x:si>
   <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES CEDEX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assurer l'accueil d'une structure - Bloc de compétences du titre professionnel Employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
@@ -1097,119 +1097,119 @@
   <x:si>
     <x:t>Transport</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Genevoix</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée M Genevoix</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 4e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Cf</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Michel</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
@@ -1403,68 +1403,68 @@
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Aéro Formations - Camas Formation - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Palmiers</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil BC1 réaliser les travaux administratifs courants d'une structure</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
@@ -1478,65 +1478,65 @@
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro services aux personnes et aux territoires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYLOUBIER</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
-    <x:t>13114</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Accueillir votre public avec excellence</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
@@ -1610,66 +1610,66 @@
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP M France</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie France</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Claret</x:t>
   </x:si>
   <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP ACAF - MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de la montagne</x:t>
   </x:si>
   <x:si>
     <x:t>06420</x:t>
   </x:si>
   <x:si>
     <x:t>VALDEBLORE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Saint-Jean le Baptiste</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
@@ -3392,159 +3392,160 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>552423</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>607762</x:v>
+        <x:v>543169</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>543169</x:v>
+        <x:v>607762</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4491,331 +4492,329 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>593014</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>38397</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="s"/>
+      <x:c r="G41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C41" s="3" t="n">
-[...6 lines deleted...]
-      <x:c r="G41" s="0" t="s">
+      <x:c r="I41" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="H41" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>555921</x:v>
+        <x:v>593031</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>593031</x:v>
+        <x:v>555921</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>502647</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>593011</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>608524</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
@@ -5355,51 +5354,51 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>593004</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -5416,51 +5415,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>598988</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>40</x:v>
@@ -5536,155 +5535,155 @@
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>596621</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>510425</x:v>
+        <x:v>573814</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>573814</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6599,157 +6598,157 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>557205</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>572872</x:v>
+        <x:v>593024</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>593024</x:v>
+        <x:v>572872</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -7077,146 +7076,146 @@
       <x:c r="R84" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>548123</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="U85" s="4" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>548123</x:v>
+        <x:v>529538</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -7226,51 +7225,51 @@
       <x:c r="J87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>548124</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -7285,108 +7284,108 @@
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>548126</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>547991</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -7401,108 +7400,108 @@
       <x:c r="J90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>548125</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>547990</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
@@ -7517,51 +7516,51 @@
       <x:c r="J92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>548130</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -7574,51 +7573,51 @@
       <x:c r="J93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>548131</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
@@ -7633,283 +7632,283 @@
       <x:c r="J94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>529573</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>547984</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>547986</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>547983</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>547985</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -7989,59 +7988,59 @@
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>583772</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>281</x:v>
@@ -8054,51 +8053,51 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>605449</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8113,51 +8112,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>605448</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>281</x:v>
@@ -8170,51 +8169,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>564255</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8283,51 +8282,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>568808</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
@@ -8696,137 +8695,137 @@
       <x:c r="R112" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>524902</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>513078</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>575427</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
@@ -8987,194 +8986,194 @@
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591338</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591263</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>604442</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>579819</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
@@ -9219,135 +9218,135 @@
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>604503</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>524804</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
@@ -9451,78 +9450,78 @@
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600574</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>604441</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
@@ -9567,78 +9566,78 @@
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>513290</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>575426</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
@@ -9683,78 +9682,78 @@
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>579824</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>544539</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
@@ -9961,94 +9960,94 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>547294</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>600000</x:v>
+        <x:v>599911</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
@@ -10075,94 +10074,94 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>593003</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>599911</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
@@ -10248,51 +10247,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>579304</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10307,51 +10306,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>564172</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
@@ -10361,262 +10360,261 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>564177</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="S142" s="14" t="n">
+        <x:v>590008</x:v>
+      </x:c>
+      <x:c r="T142" s="16" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>590008</x:v>
+        <x:v>590871</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>584064</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>611902</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -11336,78 +11334,78 @@
       <x:c r="R158" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>604502</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>604440</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
@@ -11491,51 +11489,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>604501</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>245</x:v>
@@ -11570,78 +11568,78 @@
       <x:c r="R162" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>610278</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>524812</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
@@ -11800,149 +11798,149 @@
       <x:c r="R166" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>593018</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>572823</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>604439</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -12017,155 +12015,155 @@
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>599999</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>613780</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>604438</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
@@ -12201,394 +12199,394 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>524906</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>524802</x:v>
+        <x:v>604500</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>524808</x:v>
+        <x:v>524803</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>604500</x:v>
+        <x:v>524901</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>524803</x:v>
+        <x:v>583773</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>524901</x:v>
+        <x:v>524802</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>583773</x:v>
+        <x:v>524808</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12603,51 +12601,51 @@
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>572837</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
@@ -12900,51 +12898,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>593029</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -12959,97 +12957,97 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>590005</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>599912</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
@@ -13238,802 +13236,800 @@
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>596619</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>554034</x:v>
+        <x:v>608194</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="Q193" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="Q193" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>608525</x:v>
+        <x:v>565217</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>442</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="Q194" s="16" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="R194" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="Q194" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>608194</x:v>
+        <x:v>557635</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38225</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="Q195" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="R195" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="Q195" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>565217</x:v>
+        <x:v>555923</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38225</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>31854</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>557635</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>517406</x:v>
+        <x:v>554034</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>455</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>452</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>593039</x:v>
+        <x:v>517406</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
-      <x:c r="E199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>555923</x:v>
+        <x:v>593039</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>502646</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>593022</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G202" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>583805</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>574079</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>593026</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -14114,273 +14110,275 @@
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>593045</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>497797</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="H208" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>497797</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>545542</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>599626</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -14463,160 +14461,159 @@
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>611639</x:v>
+        <x:v>575014</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>575014</x:v>
+        <x:v>611639</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>41</x:v>
@@ -14797,51 +14794,51 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>593012</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>40</x:v>
@@ -14857,51 +14854,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>601966</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -14918,51 +14915,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>601969</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>40</x:v>
@@ -15269,261 +15266,262 @@
       <x:c r="S226" s="14" t="n">
         <x:v>593028</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>593048</x:v>
+        <x:v>593010</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>514</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>573762</x:v>
+        <x:v>593048</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>593010</x:v>
+        <x:v>587344</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s"/>
+      <x:c r="E230" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>587344</x:v>
+        <x:v>573762</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -15550,78 +15548,78 @@
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>598755</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>611291</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">