--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -470,71 +470,71 @@
   <x:si>
     <x:t>Lycée Polyvalent d'Altitude</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Métiers de l'Accueil</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Fondation Edith Seltzer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Fondation Edith Seltzer</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
@@ -668,62 +668,62 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/26/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
@@ -770,170 +770,170 @@
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et animation dans les territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>REFLETS</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ogec Cour Maintenon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>83400</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ogec Cour Maintenon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assurer l'accueil d'une structure - Bloc de compétences du titre professionnel Employé administratif et d'accueil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Employé administratif et d’accueil</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES CEDEX</x:t>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
-[...8 lines deleted...]
-    <x:t>03/26/2026 00:00:00</x:t>
+    <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/24/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
@@ -1004,71 +1004,71 @@
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé d'accueil et de gestion administrative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
@@ -1100,116 +1100,116 @@
   <x:si>
     <x:t>Institut Aéro Formations - Camas Formation - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée M Genevoix</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée M Genevoix</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 4e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Cf</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Michel</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
@@ -1268,146 +1268,146 @@
   <x:si>
     <x:t>LP JB Brochier</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP C Jullian</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/01/2027 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>LP Ch Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de l'accueil - Grands évènements Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jane Vialle - La Calade - Lycée des Métiers de la Beauté, de la Mode et de la Relation-Client</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Accueil dans les transports (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Viste</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/23/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>LP Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
@@ -1418,92 +1418,92 @@
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Aéro Formations - Camas Formation - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Palmiers</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil BC1 réaliser les travaux administratifs courants d'une structure</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
-    <x:t>LP les Palmiers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
@@ -1514,69 +1514,69 @@
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
+    <x:t>LPA les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accueillir votre public avec excellence</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
-    <x:t>13210</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LPA les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Sainte-Élisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ste-Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
@@ -3849,54 +3849,54 @@
       <x:c r="K29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>545444</x:v>
+        <x:v>501259</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>114</x:v>
@@ -3910,54 +3910,54 @@
       <x:c r="K30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>501259</x:v>
+        <x:v>545444</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -4152,214 +4152,213 @@
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>492297</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>547546</x:v>
+        <x:v>542222</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>542222</x:v>
+        <x:v>573302</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>573302</x:v>
+        <x:v>547546</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
@@ -5657,155 +5656,155 @@
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>573814</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>599691</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>510422</x:v>
+        <x:v>599691</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6484,282 +6483,284 @@
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>583635</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>598345</x:v>
+        <x:v>609642</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>557205</x:v>
+        <x:v>519475</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>609642</x:v>
+        <x:v>557205</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>519475</x:v>
+        <x:v>598345</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6786,76 +6787,76 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>593024</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>572872</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
@@ -6938,51 +6939,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>615726</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -7059,866 +7060,866 @@
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>562635</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>548123</x:v>
+        <x:v>547991</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>529538</x:v>
+        <x:v>548125</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>548124</x:v>
+        <x:v>529538</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>548126</x:v>
+        <x:v>548123</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>547991</x:v>
+        <x:v>547990</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>548125</x:v>
+        <x:v>548130</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>547990</x:v>
+        <x:v>548131</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>548130</x:v>
+        <x:v>547983</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>548131</x:v>
+        <x:v>547985</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>529573</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>547984</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>547986</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>547983</x:v>
+        <x:v>548124</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>547985</x:v>
+        <x:v>548126</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7989,51 +7990,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>583772</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8574,51 +8575,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
@@ -8631,51 +8632,51 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>544554</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8690,688 +8691,688 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>524902</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>513078</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>575427</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>575508</x:v>
+        <x:v>579819</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>575509</x:v>
+        <x:v>604503</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>591338</x:v>
+        <x:v>524804</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591263</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>604442</x:v>
+        <x:v>575508</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>579819</x:v>
+        <x:v>575509</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>604503</x:v>
+        <x:v>591338</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>524804</x:v>
+        <x:v>604442</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9386,167 +9387,167 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>612164</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600574</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>604441</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
@@ -9559,203 +9560,203 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>513290</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>575426</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>579824</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>544539</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
@@ -10016,159 +10017,160 @@
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>600000</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>599911</x:v>
+        <x:v>593003</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>593003</x:v>
+        <x:v>599911</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
@@ -10361,262 +10363,261 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>564177</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="S142" s="14" t="n">
+        <x:v>590008</x:v>
+      </x:c>
+      <x:c r="T142" s="16" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>590008</x:v>
+        <x:v>590871</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>584064</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>611902</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -10807,57 +10808,57 @@
       <x:c r="K149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>555691</x:v>
+        <x:v>605797</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>376</x:v>
@@ -10868,57 +10869,57 @@
       <x:c r="K150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>605797</x:v>
+        <x:v>555691</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
@@ -11207,1843 +11208,1843 @@
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>593016</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Q157" s="4" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="R157" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="Q157" s="4" t="s">
-[...2 lines deleted...]
-      <x:c r="R157" s="0" t="s">
+      <x:c r="S157" s="0" t="n">
+        <x:v>524812</x:v>
+      </x:c>
+      <x:c r="T157" s="4" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="S158" s="14" t="n">
+        <x:v>524910</x:v>
+      </x:c>
+      <x:c r="T158" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="S158" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>604501</x:v>
+        <x:v>613806</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>524900</x:v>
+        <x:v>604502</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>604440</x:v>
+        <x:v>610278</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Q162" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="R162" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="Q162" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>610278</x:v>
+        <x:v>604440</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>524812</x:v>
+        <x:v>524900</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>524910</x:v>
+        <x:v>604501</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="U164" s="16" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>613806</x:v>
+        <x:v>580678</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>593018</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>572823</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>604439</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>583779</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>257</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>590005</x:v>
+        <x:v>613780</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>613780</x:v>
+        <x:v>604438</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="S172" s="14" t="n">
+        <x:v>524906</x:v>
+      </x:c>
+      <x:c r="T172" s="16" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="U172" s="16" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>524906</x:v>
+        <x:v>524802</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="S174" s="14" t="n">
+        <x:v>524808</x:v>
+      </x:c>
+      <x:c r="T174" s="16" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="U174" s="16" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>524808</x:v>
+        <x:v>604500</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>604500</x:v>
+        <x:v>524803</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>524803</x:v>
+        <x:v>524901</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
-      <x:c r="F178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G178" s="14" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>524901</x:v>
+        <x:v>583773</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>583773</x:v>
+        <x:v>572837</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s"/>
+      <x:c r="E180" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>572837</x:v>
+        <x:v>500419</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>500419</x:v>
+        <x:v>611315</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="R182" s="14" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="S182" s="14" t="n">
+        <x:v>611968</x:v>
+      </x:c>
+      <x:c r="T182" s="16" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>38225</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>346</x:v>
-[...2 lines deleted...]
-        <x:v>347</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>611968</x:v>
+        <x:v>593032</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>593032</x:v>
+        <x:v>593029</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
+      <x:c r="E185" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>593029</x:v>
+        <x:v>599999</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>599999</x:v>
+        <x:v>590005</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>599912</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -13301,584 +13302,583 @@
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>583805</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
+      <x:c r="E193" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>517406</x:v>
+        <x:v>555923</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>555923</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>608525</x:v>
+        <x:v>608194</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s"/>
+      <x:c r="E196" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>554034</x:v>
+        <x:v>565217</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>608194</x:v>
+        <x:v>554034</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>442</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>565217</x:v>
+        <x:v>557635</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38225</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>557635</x:v>
+        <x:v>502646</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>502646</x:v>
+        <x:v>593022</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>593022</x:v>
+        <x:v>593026</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13890,151 +13890,154 @@
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>574079</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>593039</x:v>
+        <x:v>517406</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>593026</x:v>
+        <x:v>593039</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -14461,265 +14464,267 @@
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>575014</x:v>
+        <x:v>611639</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>611639</x:v>
+        <x:v>575014</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>481</x:v>
-[...1 lines deleted...]
-      <x:c r="C215" s="3" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="n">
+        <x:v>36788</x:v>
+      </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="I215" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="I215" s="4" t="s">
+      <x:c r="J215" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K215" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L215" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M215" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N215" s="3" t="n">
+        <x:v>44054</x:v>
+      </x:c>
+      <x:c r="O215" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P215" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="R215" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="K215" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>576540</x:v>
+        <x:v>596627</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s"/>
+      <x:c r="K216" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="L216" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M216" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N216" s="15" t="n">
+        <x:v>35052</x:v>
+      </x:c>
+      <x:c r="O216" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P216" s="14" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="Q216" s="16" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="R216" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="J216" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="P216" s="14" t="s">
+      <x:c r="S216" s="14" t="n">
+        <x:v>576540</x:v>
+      </x:c>
+      <x:c r="T216" s="16" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="U216" s="16" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15299,54 +15304,54 @@
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>598755</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15471,51 +15476,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>587344</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>