--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -326,62 +326,62 @@
   <x:si>
     <x:t>13190</x:t>
   </x:si>
   <x:si>
     <x:t>ALLAUCH</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Mont St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Léonard de Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06633</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Léonard de Vinci</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Charles de Gaulle</x:t>
   </x:si>
   <x:si>
     <x:t>84405</x:t>
   </x:si>
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
@@ -407,62 +407,62 @@
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire ISEP associé au Lycée Saint-Joseph (Avignon) - prépa associée avec parcours sécurisé ouvert</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée T Aubanel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée T Aubanel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
@@ -1160,62 +1160,62 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
-    <x:t>13003</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours  Cellular and systems neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
@@ -1325,56 +1325,56 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de Sion</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Ch Péguy</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Haya Mouchka</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Haya Mouchka</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
@@ -1421,59 +1421,59 @@
   <x:si>
     <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Laboratoire analyse agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activité physique et sportive</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>École secondaire Beth Myriam</x:t>
@@ -1682,104 +1682,104 @@
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 15</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Notre-Dame de la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 15</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Melizan</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
+    <x:t>LT de chimie biologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie et e-santé</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>LT de chimie biologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Olivier - R Coffy</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Hamaskaïne</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Hamaskaïne</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sévigné</x:t>
@@ -1790,117 +1790,117 @@
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Yavné</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Lacordaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Lacordaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Tour Sainte</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée général Ibn Khaldoun</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P et M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sasserno</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
@@ -4437,100 +4437,100 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>593856</x:v>
+        <x:v>593782</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>593782</x:v>
+        <x:v>593856</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>90</x:v>
@@ -5253,147 +5253,147 @@
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>593812</x:v>
+        <x:v>593858</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>593858</x:v>
+        <x:v>593812</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591957</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>116</x:v>
@@ -7577,139 +7577,139 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>593863</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>593915</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>591936</x:v>
+        <x:v>593915</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>229</x:v>
@@ -10061,156 +10061,154 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>577546</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="C142" s="15" t="s"/>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="n">
+        <x:v>38994</x:v>
+      </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>363</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="J142" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K142" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="L142" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M142" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N142" s="15" t="n">
+        <x:v>11454</x:v>
+      </x:c>
+      <x:c r="O142" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="P142" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="J142" s="14" t="s"/>
-[...17 lines deleted...]
-      </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>593786</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>365</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>353</x:v>
-[...2 lines deleted...]
-        <x:v>354</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>574991</x:v>
+        <x:v>593786</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -10326,54 +10324,54 @@
       <x:c r="H146" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>574986</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
@@ -10383,107 +10381,107 @@
       <x:c r="H147" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>574987</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591950</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10552,54 +10550,54 @@
       <x:c r="H150" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>574985</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
@@ -10609,54 +10607,54 @@
       <x:c r="H151" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>581325</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
@@ -10668,106 +10666,106 @@
       <x:c r="H152" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>574943</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>609846</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
@@ -12300,192 +12298,192 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>592968</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>591949</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>593851</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>593793</x:v>
+        <x:v>591949</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
@@ -12693,54 +12691,54 @@
       <x:c r="H189" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
@@ -12752,54 +12750,54 @@
       <x:c r="H190" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>581560</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>433</x:v>
@@ -12911,54 +12909,54 @@
       <x:c r="H193" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>581570</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
@@ -13021,54 +13019,54 @@
       <x:c r="H195" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>581553</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
@@ -13080,54 +13078,54 @@
       <x:c r="H196" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>581556</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13137,54 +13135,54 @@
       <x:c r="H197" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>581568</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
@@ -13196,54 +13194,54 @@
       <x:c r="H198" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
@@ -13253,54 +13251,54 @@
       <x:c r="H199" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>581561</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
@@ -13338,201 +13336,201 @@
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>576259</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>576144</x:v>
+        <x:v>576274</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38699</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>576274</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>574980</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
@@ -13544,54 +13542,54 @@
       <x:c r="H204" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>581569</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
@@ -13657,51 +13655,51 @@
       <x:c r="G206" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>576271</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
@@ -13715,54 +13713,54 @@
       <x:c r="H207" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>576145</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
@@ -13772,54 +13770,54 @@
       <x:c r="H208" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>576147</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
@@ -13829,54 +13827,54 @@
       <x:c r="H209" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>576140</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
@@ -13885,51 +13883,51 @@
       <x:c r="G210" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>576272</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
@@ -14051,54 +14049,54 @@
       <x:c r="H213" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>581554</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
@@ -14167,54 +14165,54 @@
       <x:c r="H215" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>574981</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
@@ -16872,51 +16870,51 @@
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>591871</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
@@ -17431,139 +17429,139 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>593775</x:v>
+        <x:v>591952</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>591952</x:v>
+        <x:v>593775</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
@@ -17804,143 +17802,144 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>593739</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>524</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>532</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>591870</x:v>
+        <x:v>593804</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="C285" s="3" t="s"/>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="n">
+        <x:v>38699</x:v>
+      </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="J285" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>593804</x:v>
+        <x:v>591870</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>538</x:v>
@@ -17949,211 +17948,211 @@
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>593877</x:v>
+        <x:v>593897</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>593897</x:v>
+        <x:v>593877</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>591862</x:v>
+        <x:v>595482</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>595482</x:v>
+        <x:v>591862</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
@@ -18393,145 +18392,145 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>593870</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>615861</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>591956</x:v>
+        <x:v>615861</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
@@ -18801,88 +18800,88 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>593865</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>574989</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
@@ -18894,54 +18893,54 @@
       <x:c r="H304" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>574998</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>566</x:v>
@@ -19104,54 +19103,54 @@
       <x:c r="H308" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>574988</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
@@ -19268,54 +19267,54 @@
       <x:c r="H311" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>574997</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
@@ -19341,368 +19340,368 @@
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>591940</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>571</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>353</x:v>
-[...2 lines deleted...]
-        <x:v>354</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>574983</x:v>
+        <x:v>594652</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C314" s="15" t="s"/>
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="n">
+        <x:v>38691</x:v>
+      </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>566</x:v>
-[...1 lines deleted...]
-      <x:c r="H314" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>484</x:v>
-[...1 lines deleted...]
-      <x:c r="J314" s="14" t="s"/>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="J314" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>594652</x:v>
+        <x:v>574983</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>574984</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>573</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>355</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>575011</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="C317" s="3" t="s"/>
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C317" s="3" t="n">
+        <x:v>38984</x:v>
+      </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="J317" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>593843</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>574990</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
@@ -19768,54 +19767,54 @@
       <x:c r="H320" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>575010</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>577</x:v>
@@ -20132,51 +20131,51 @@
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>593799</x:v>
+        <x:v>593813</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>595</x:v>
@@ -20185,51 +20184,51 @@
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>593813</x:v>
+        <x:v>593799</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
@@ -20307,154 +20306,154 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>590163</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>38698</x:v>
+        <x:v>37907</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>591867</x:v>
+        <x:v>593740</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>37907</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>593740</x:v>
+        <x:v>591867</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
@@ -20949,134 +20948,134 @@
         <x:v>613</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>591953</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>593750</x:v>
+        <x:v>593781</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>593781</x:v>
+        <x:v>593750</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
@@ -24070,84 +24069,84 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>593777</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>615862</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
@@ -24191,175 +24190,175 @@
         <x:v>610981</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>593823</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>597159</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>593904</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>709</x:v>
@@ -24792,139 +24791,139 @@
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>591948</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>591955</x:v>
+        <x:v>593828</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>592942</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>717</x:v>
@@ -24947,86 +24946,86 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>594653</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>593828</x:v>
+        <x:v>592942</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>715</x:v>