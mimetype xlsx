--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -1307,156 +1307,156 @@
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>486615</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>528752</x:v>
+        <x:v>528751</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>528751</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">