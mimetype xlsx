--- v0 (2026-02-08)
+++ v1 (2026-03-28)
@@ -317,224 +317,224 @@
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent de la Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel monteur câbleur intégrateur en équipements électroniques et électrotechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Montage câblage électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
-    <x:t>LA CIOTAT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent de la Méditerranée</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel agent de montage et de câblage en électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage câblage électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de montage et de câblage en électronique</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>Montage câblage électronique</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
@@ -542,108 +542,108 @@
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
-    <x:t>05260</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP de Sorgues</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
   </x:si>
   <x:si>
     <x:t>83800</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -1922,222 +1922,220 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>597051</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="s"/>
+      <x:c r="G15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C15" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="E15" s="0" t="s">
+      <x:c r="I15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="s">
+      <x:c r="J15" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>24252</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G15" s="0" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>583871</x:v>
+        <x:v>597056</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s"/>
-      <x:c r="F16" s="14" t="s"/>
+      <x:c r="E16" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F16" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="G16" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I16" s="16" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="H16" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="I16" s="16" t="s">
+      <x:c r="K16" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>591268</x:v>
+        <x:v>583871</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>37489</x:v>
+        <x:v>35311</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M17" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>24016</x:v>
+      </x:c>
+      <x:c r="O17" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S17" s="0" t="n">
+        <x:v>591268</x:v>
+      </x:c>
+      <x:c r="T17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="I17" s="4" t="s">
+      <x:c r="U17" s="4" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2315,57 +2313,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>26</x:v>
@@ -2376,57 +2374,57 @@
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>509396</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2436,54 +2434,54 @@
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>609476</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -2675,215 +2673,215 @@
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>597049</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>36176</x:v>
+        <x:v>38664</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I28" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K28" s="14" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="P28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>525963</x:v>
+        <x:v>572943</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38664</x:v>
+        <x:v>36176</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>525902</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="Q29" s="4" t="s">
+      <x:c r="U29" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36176</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>525902</x:v>
+        <x:v>525963</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -3177,159 +3175,160 @@
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>597068</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>597069</x:v>
+        <x:v>494778</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>494778</x:v>
+        <x:v>597069</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -3444,51 +3443,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>616040</x:v>
+        <x:v>597052</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -3501,51 +3500,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>597052</x:v>
+        <x:v>616040</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>178</x:v>
       </x:c>