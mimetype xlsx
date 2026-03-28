--- v0 (2026-02-08)
+++ v1 (2026-03-28)
@@ -407,57 +407,57 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP École libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ecole libre des métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
@@ -2313,57 +2313,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>509396</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>26</x:v>
@@ -2374,57 +2374,57 @@
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>609476</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2434,57 +2434,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>556782</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>