--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -275,83 +275,83 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Élevage éducation canin félin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EYRAGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro conduite et gestion d'une entreprise du secteur canin et félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
@@ -533,72 +533,72 @@
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Domaine de la Bergerie</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
@@ -1731,169 +1731,169 @@
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>599777</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>14039</x:v>
+        <x:v>39155</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>446022</x:v>
+        <x:v>506306</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39155</x:v>
+        <x:v>14039</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>506306</x:v>
+        <x:v>446022</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>39</x:v>
@@ -1966,51 +1966,51 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>597550</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>39</x:v>
@@ -2083,51 +2083,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>624569</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
@@ -2617,100 +2617,100 @@
       <x:c r="M26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
@@ -2974,51 +2974,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592948</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -3027,51 +3027,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>40</x:v>
@@ -3478,311 +3478,311 @@
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>599878</x:v>
+        <x:v>599886</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>606603</x:v>
+        <x:v>606608</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>599883</x:v>
+        <x:v>599878</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>599887</x:v>
+        <x:v>606603</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>599886</x:v>
+        <x:v>599883</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>606608</x:v>
+        <x:v>599887</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
@@ -4352,51 +4352,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>