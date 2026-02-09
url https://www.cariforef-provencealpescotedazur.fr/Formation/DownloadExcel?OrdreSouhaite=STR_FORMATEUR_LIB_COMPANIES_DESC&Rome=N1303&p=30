--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -461,59 +461,59 @@
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA technico-commercial option alimentation et boissons (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Akteap</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Ismaël Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la logistique</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
@@ -773,161 +773,161 @@
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS GTLA - Gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
-[...5 lines deleted...]
-    <x:t>83200</x:t>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Technicien en logistique d'entreposage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO Logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS gestion des transports et logistique associée (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G et L Formation - Luc Grzesiak - Cftl Transformation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...68 lines deleted...]
-    <x:t>01/01/2026 00:00:00</x:t>
+    <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
@@ -1076,54 +1076,54 @@
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Isteli - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
@@ -3199,54 +3199,54 @@
       <x:c r="K25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>556852</x:v>
+        <x:v>507273</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>71</x:v>
@@ -3260,54 +3260,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>507273</x:v>
+        <x:v>556852</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4821,283 +4821,283 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>554255</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>506187</x:v>
+        <x:v>611637</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>506188</x:v>
+        <x:v>506187</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>611637</x:v>
+        <x:v>506188</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>611636</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
@@ -5461,164 +5461,164 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>496477</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>549879</x:v>
+        <x:v>605931</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605931</x:v>
+        <x:v>549879</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>142</x:v>
@@ -7377,285 +7377,285 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>549878</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>496609</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>496474</x:v>
+        <x:v>496609</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>496475</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>605850</x:v>
+        <x:v>496475</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7861,51 +7861,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>549858</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>62</x:v>
@@ -7982,51 +7982,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>549877</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>62</x:v>
@@ -9371,521 +9371,521 @@
       <x:c r="J130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>504163</x:v>
+        <x:v>554000</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>601064</x:v>
+        <x:v>601063</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>601067</x:v>
+        <x:v>601066</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>601063</x:v>
+        <x:v>615154</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601066</x:v>
+        <x:v>554780</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I135" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>557324</x:v>
+        <x:v>613303</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="U135" s="4" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>615154</x:v>
+        <x:v>504163</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>554780</x:v>
+        <x:v>601064</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>554000</x:v>
+        <x:v>601067</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -9898,51 +9898,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>597739</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -11346,2419 +11346,2418 @@
       <x:c r="S164" s="14" t="n">
         <x:v>541249</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I165" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>557591</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q166" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>613292</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I167" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q167" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>613306</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q168" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>613303</x:v>
+        <x:v>557324</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="U168" s="16" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I169" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q169" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>613305</x:v>
+        <x:v>557327</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q170" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>613310</x:v>
+        <x:v>557334</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="U170" s="16" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I171" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="I171" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q171" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>497657</x:v>
+        <x:v>557335</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q172" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>557327</x:v>
+        <x:v>613305</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I173" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q173" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>557334</x:v>
+        <x:v>613310</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q174" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>557335</x:v>
+        <x:v>497657</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="U174" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I175" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q175" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>613289</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q176" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>613290</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I177" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q177" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>613294</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>613295</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I179" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q179" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>613298</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q180" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613300</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I181" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q181" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>557344</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q182" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>557347</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I183" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q183" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>557348</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q184" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>605541</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I185" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q185" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>613308</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q186" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>613311</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I187" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q187" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>613313</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q188" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>557330</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I189" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q189" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>557336</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q190" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>613304</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I191" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q191" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>613309</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q192" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>557328</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I193" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q193" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>605542</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q194" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>557590</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I195" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q195" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>557323</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q196" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>557331</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I197" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q197" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>557333</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q198" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>613312</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I199" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q199" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>557345</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q200" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>613291</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I201" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q201" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>613296</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q202" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>613299</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I203" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q203" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>613314</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q204" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>557349</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I205" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q205" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>613293</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q206" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>613297</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I207" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="Q207" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
@@ -15256,57 +15255,57 @@
       <x:c r="K233" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>579285</x:v>
+        <x:v>544552</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="U233" s="4" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
@@ -15315,57 +15314,57 @@
       <x:c r="K234" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>544552</x:v>
+        <x:v>579285</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -15375,51 +15374,51 @@
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>524856</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
@@ -15491,51 +15490,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>524759</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
@@ -15547,173 +15546,173 @@
       <x:c r="K238" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>544537</x:v>
+        <x:v>527691</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>579146</x:v>
+        <x:v>544537</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>527691</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -15898,51 +15897,51 @@
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>579147</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -17805,119 +17804,119 @@
       <x:c r="J277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -18037,119 +18036,119 @@
       <x:c r="J281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -23101,51 +23100,51 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>31663</x:v>
@@ -23155,51 +23154,51 @@
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>611506</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="G370" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
@@ -27683,159 +27682,159 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>602938</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>499834</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
@@ -27915,159 +27914,159 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>603251</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>548966</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>499834</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">