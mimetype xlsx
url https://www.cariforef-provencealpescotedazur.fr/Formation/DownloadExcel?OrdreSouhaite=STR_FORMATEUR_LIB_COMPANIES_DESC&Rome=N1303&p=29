--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -563,56 +563,56 @@
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Galliéni</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
@@ -656,56 +656,56 @@
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>BP option industries alimentaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA technico-commercial option produits de la filière forêt bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>BP option industries alimentaires (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Technique et Professionnel Aixois</x:t>
   </x:si>
   <x:si>
     <x:t>ITPA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère européen Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
@@ -923,65 +923,65 @@
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Municipal de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien performance industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
@@ -1007,134 +1007,134 @@
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien supérieur en méthodes et exploitation logistique</x:t>
-[...5 lines deleted...]
-    <x:t>10/23/2026 00:00:00</x:t>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Isteli - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Sorgues - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
@@ -1154,69 +1154,69 @@
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA|Aftral - Antenne Ollioules - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS gestion des transports et logistique associée module droit douanier - sécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Le Broc - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06510</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Gap - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Brignoles - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Avignon - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
@@ -2009,57 +2009,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>581154</x:v>
+        <x:v>601321</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>40</x:v>
@@ -2070,57 +2070,57 @@
       <x:c r="K6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>601321</x:v>
+        <x:v>581154</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2423,114 +2423,114 @@
       <x:c r="K12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>607412</x:v>
+        <x:v>553793</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>553793</x:v>
+        <x:v>607412</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -2715,57 +2715,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>609673</x:v>
+        <x:v>541244</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>40</x:v>
@@ -2776,57 +2776,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>541244</x:v>
+        <x:v>609673</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -3199,54 +3199,54 @@
       <x:c r="K25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>507273</x:v>
+        <x:v>556852</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>71</x:v>
@@ -3260,54 +3260,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>556852</x:v>
+        <x:v>507273</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4153,57 +4153,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>600371</x:v>
+        <x:v>552611</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -4212,57 +4212,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>552611</x:v>
+        <x:v>600371</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -6095,54 +6095,54 @@
       <x:c r="K74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>604387</x:v>
+        <x:v>547870</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -6152,54 +6152,54 @@
       <x:c r="K75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>547870</x:v>
+        <x:v>604387</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -7256,406 +7256,406 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>496474</x:v>
+        <x:v>549874</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>496475</x:v>
+        <x:v>549878</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>549874</x:v>
+        <x:v>496609</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>549878</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>605850</x:v>
+        <x:v>496475</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>496609</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7679,219 +7679,219 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>496605</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>605842</x:v>
+        <x:v>549858</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>549875</x:v>
+        <x:v>549873</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>549858</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -7907,360 +7907,360 @@
       <x:c r="K105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>549873</x:v>
+        <x:v>605841</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>549877</x:v>
+        <x:v>605842</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>605841</x:v>
+        <x:v>496610</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>605846</x:v>
+        <x:v>496611</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>496610</x:v>
+        <x:v>549875</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>496611</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -8281,165 +8281,164 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>560171</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>508122</x:v>
+        <x:v>598844</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>598844</x:v>
+        <x:v>508122</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>76</x:v>
@@ -9544,119 +9543,119 @@
       <x:c r="J133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>554000</x:v>
+        <x:v>601063</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601063</x:v>
+        <x:v>601066</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -9716,54 +9715,54 @@
       <x:c r="J136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>601066</x:v>
+        <x:v>615154</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -9773,54 +9772,54 @@
       <x:c r="J137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>615154</x:v>
+        <x:v>554780</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
@@ -9832,54 +9831,54 @@
       <x:c r="J138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>554780</x:v>
+        <x:v>554000</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -9948,117 +9947,117 @@
       <x:c r="J140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>601065</x:v>
+        <x:v>606273</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>606273</x:v>
+        <x:v>601065</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -10410,168 +10409,168 @@
       <x:c r="K148" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>543675</x:v>
+        <x:v>598127</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>543711</x:v>
+        <x:v>543675</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>598127</x:v>
+        <x:v>543711</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -10634,173 +10633,173 @@
       <x:c r="K152" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>585537</x:v>
+        <x:v>601062</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>601062</x:v>
+        <x:v>509251</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>509251</x:v>
+        <x:v>551777</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -10821,99 +10820,99 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>541913</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>551777</x:v>
+        <x:v>585537</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -12494,390 +12493,390 @@
       <x:c r="K185" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>613308</x:v>
+        <x:v>613304</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>613311</x:v>
+        <x:v>613309</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>613313</x:v>
+        <x:v>613308</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>557330</x:v>
+        <x:v>613311</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>557336</x:v>
+        <x:v>613313</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>613304</x:v>
+        <x:v>557330</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>613309</x:v>
+        <x:v>557336</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -12895,657 +12894,658 @@
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>557328</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>605542</x:v>
+        <x:v>613291</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="U193" s="4" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>557590</x:v>
+        <x:v>613296</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>557323</x:v>
+        <x:v>613299</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>557331</x:v>
+        <x:v>613314</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
+      <x:c r="E197" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>557333</x:v>
+        <x:v>557590</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>613312</x:v>
+        <x:v>557345</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>557345</x:v>
+        <x:v>557323</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>613291</x:v>
+        <x:v>557331</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>613296</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>613299</x:v>
+        <x:v>613312</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
+      <x:c r="E203" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>613314</x:v>
+        <x:v>605542</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -13726,51 +13726,51 @@
       <x:c r="M207" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14198,105 +14198,107 @@
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>496476</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>251</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>551409</x:v>
+        <x:v>549876</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -14306,118 +14308,116 @@
       <x:c r="K217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>549876</x:v>
+        <x:v>605847</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>605847</x:v>
+        <x:v>551409</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -14427,51 +14427,51 @@
       <x:c r="K219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>504426</x:v>
+        <x:v>556543</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>310</x:v>
@@ -14488,57 +14488,57 @@
       <x:c r="K220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>607719</x:v>
+        <x:v>504426</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -14548,57 +14548,57 @@
       <x:c r="K221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>556543</x:v>
+        <x:v>607719</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="U221" s="4" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>169</x:v>
@@ -14612,51 +14612,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>607718</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -14675,51 +14675,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>556542</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>243</x:v>
@@ -14736,51 +14736,51 @@
       <x:c r="M224" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>556523</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -14868,337 +14868,337 @@
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>504385</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>581830</x:v>
+        <x:v>527718</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>527718</x:v>
+        <x:v>581830</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>579284</x:v>
+        <x:v>544551</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>544551</x:v>
+        <x:v>581832</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>581832</x:v>
+        <x:v>524856</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15213,515 +15213,515 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>581831</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>579285</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>544552</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>524856</x:v>
+        <x:v>513259</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>513259</x:v>
+        <x:v>579284</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>524759</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>544537</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>579146</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>527691</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
@@ -15737,331 +15737,331 @@
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>581824</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>581825</x:v>
+        <x:v>544536</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>544536</x:v>
+        <x:v>579147</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>579147</x:v>
+        <x:v>581825</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>581823</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>513049</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="U246" s="16" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -16532,57 +16532,57 @@
       <x:c r="K255" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -16591,114 +16591,114 @@
       <x:c r="K256" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -16707,114 +16707,114 @@
       <x:c r="K258" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -16823,114 +16823,114 @@
       <x:c r="K260" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
@@ -16939,57 +16939,57 @@
       <x:c r="K262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>499804</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -17185,94 +17185,94 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>499804</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>499832</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>342</x:v>
@@ -17287,114 +17287,114 @@
       <x:c r="K268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -17403,688 +17403,688 @@
       <x:c r="K270" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>602993</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>499804</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>499804</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>499832</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>602993</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>548926</x:v>
+        <x:v>603250</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>548926</x:v>
+        <x:v>548968</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>342</x:v>
@@ -18153,170 +18153,170 @@
       <x:c r="J283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>603250</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>548968</x:v>
+        <x:v>548926</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>342</x:v>
@@ -18328,117 +18328,117 @@
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>602989</x:v>
+        <x:v>548963</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>548963</x:v>
+        <x:v>602989</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -18461,94 +18461,94 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>602921</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>602939</x:v>
+        <x:v>603253</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>342</x:v>
@@ -18577,94 +18577,94 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>603253</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>603253</x:v>
+        <x:v>602939</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>342</x:v>
@@ -19200,57 +19200,57 @@
       <x:c r="K301" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -19259,114 +19259,114 @@
       <x:c r="K302" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
@@ -19375,114 +19375,114 @@
       <x:c r="K304" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>603252</x:v>
+        <x:v>548928</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -19491,114 +19491,114 @@
       <x:c r="K306" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
@@ -19607,57 +19607,57 @@
       <x:c r="K308" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>548928</x:v>
+        <x:v>603252</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -21056,57 +21056,57 @@
       <x:c r="K333" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
@@ -21115,114 +21115,114 @@
       <x:c r="K334" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
@@ -21231,57 +21231,57 @@
       <x:c r="K336" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -21477,100 +21477,100 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>603248</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>548970</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
@@ -21579,114 +21579,114 @@
       <x:c r="K342" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
@@ -21695,108 +21695,108 @@
       <x:c r="K344" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>548970</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>342</x:v>
@@ -21811,114 +21811,114 @@
       <x:c r="K346" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
@@ -21927,114 +21927,114 @@
       <x:c r="K348" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>603248</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
@@ -22391,114 +22391,114 @@
       <x:c r="K356" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
@@ -22507,170 +22507,170 @@
       <x:c r="K358" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>548929</x:v>
+        <x:v>603248</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>602919</x:v>
+        <x:v>548929</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -22810,99 +22810,99 @@
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>548929</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>548929</x:v>
+        <x:v>602919</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -23152,395 +23152,396 @@
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>611506</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
-        <x:v>361</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>583953</x:v>
+        <x:v>499799</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F371" s="0" t="s">
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>499799</x:v>
+        <x:v>583947</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>199</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
-        <x:v>361</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>583947</x:v>
+        <x:v>548924</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>548924</x:v>
+        <x:v>602889</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>40687</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="F374" s="14" t="s"/>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F374" s="14" t="s">
+        <x:v>363</x:v>
+      </x:c>
       <x:c r="G374" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>602889</x:v>
+        <x:v>583953</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>499806</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
@@ -23914,269 +23915,269 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>602925</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>499803</x:v>
+        <x:v>602925</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>499831</x:v>
+        <x:v>499803</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>499806</x:v>
+        <x:v>499831</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -24551,99 +24552,99 @@
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>499806</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>548991</x:v>
+        <x:v>499806</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -24653,57 +24654,57 @@
       <x:c r="K395" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -24712,114 +24713,114 @@
       <x:c r="K396" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -24828,114 +24829,114 @@
       <x:c r="K398" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -24944,114 +24945,114 @@
       <x:c r="K400" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -25060,114 +25061,114 @@
       <x:c r="K402" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
@@ -25176,114 +25177,114 @@
       <x:c r="K404" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
@@ -25292,114 +25293,114 @@
       <x:c r="K406" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
@@ -25408,114 +25409,114 @@
       <x:c r="K408" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -25524,57 +25525,57 @@
       <x:c r="K410" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>603247</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -26045,57 +26046,57 @@
       <x:c r="K419" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
@@ -26104,114 +26105,114 @@
       <x:c r="K420" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
@@ -26220,114 +26221,114 @@
       <x:c r="K422" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>603247</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
@@ -26336,114 +26337,114 @@
       <x:c r="K424" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -26452,114 +26453,114 @@
       <x:c r="K426" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
@@ -26568,114 +26569,114 @@
       <x:c r="K428" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
@@ -26684,114 +26685,114 @@
       <x:c r="K430" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>548931</x:v>
+        <x:v>548930</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
@@ -26800,114 +26801,114 @@
       <x:c r="K432" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
@@ -26916,57 +26917,57 @@
       <x:c r="K434" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>548930</x:v>
+        <x:v>548931</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -27394,97 +27395,97 @@
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>548931</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>602928</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
@@ -27496,114 +27497,114 @@
       <x:c r="K444" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
@@ -27612,108 +27613,108 @@
       <x:c r="K446" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>602938</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>342</x:v>
@@ -27915,159 +27916,159 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>603251</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>548966</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>499834</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
@@ -28147,159 +28148,159 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>548933</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>602938</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
@@ -28308,114 +28309,114 @@
       <x:c r="K458" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -28424,173 +28425,173 @@
       <x:c r="K460" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>603251</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>548933</x:v>
+        <x:v>548966</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>548933</x:v>
+        <x:v>499834</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -28727,159 +28728,159 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>548933</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>548993</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
@@ -28888,114 +28889,114 @@
       <x:c r="K468" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -29004,111 +29005,111 @@
       <x:c r="K470" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>602928</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
@@ -29120,114 +29121,114 @@
       <x:c r="K472" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
@@ -29236,114 +29237,114 @@
       <x:c r="K474" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>603251</x:v>
+        <x:v>548933</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>603251</x:v>
+        <x:v>548993</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -29539,102 +29540,102 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>603251</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>499805</x:v>
+        <x:v>616733</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -29816,114 +29817,114 @@
       <x:c r="K484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
@@ -29932,114 +29933,114 @@
       <x:c r="K486" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
@@ -30105,57 +30106,57 @@
       <x:c r="K489" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
@@ -30164,114 +30165,114 @@
       <x:c r="K490" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>499805</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
@@ -30280,114 +30281,114 @@
       <x:c r="K492" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>499805</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
@@ -30396,114 +30397,114 @@
       <x:c r="K494" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -30526,94 +30527,94 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>564092</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>342</x:v>
@@ -30699,159 +30700,159 @@
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>38945</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>548961</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
@@ -30990,216 +30991,216 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>616732</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>616733</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>564092</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
@@ -31208,114 +31209,114 @@
       <x:c r="K508" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
@@ -31324,114 +31325,114 @@
       <x:c r="K510" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
@@ -31440,114 +31441,114 @@
       <x:c r="K512" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
@@ -31556,114 +31557,114 @@
       <x:c r="K514" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31672,114 +31673,114 @@
       <x:c r="K516" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -31788,114 +31789,114 @@
       <x:c r="K518" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>616732</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
@@ -31904,114 +31905,114 @@
       <x:c r="K520" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>499805</x:v>
+        <x:v>548927</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
@@ -32077,57 +32078,57 @@
       <x:c r="K523" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
@@ -32136,114 +32137,114 @@
       <x:c r="K524" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>499805</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -32252,114 +32253,114 @@
       <x:c r="K526" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
@@ -32368,230 +32369,230 @@
       <x:c r="K528" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>548927</x:v>
+        <x:v>616732</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>38945</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>548927</x:v>
+        <x:v>548961</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>602926</x:v>
+        <x:v>548989</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
@@ -32600,57 +32601,57 @@
       <x:c r="K532" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>548989</x:v>
+        <x:v>602926</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>169</x:v>
       </x:c>