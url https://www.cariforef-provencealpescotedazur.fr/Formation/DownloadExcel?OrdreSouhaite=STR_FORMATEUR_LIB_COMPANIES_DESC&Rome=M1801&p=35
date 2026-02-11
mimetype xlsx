--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -476,62 +476,62 @@
   <x:si>
     <x:t>Statistique</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>Cloud Computing</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
@@ -659,62 +659,62 @@
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
@@ -1028,74 +1028,74 @@
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Word</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Excel initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel Excel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excel intermédiaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
-    <x:t>Excel initiation</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
@@ -2663,60 +2663,60 @@
   <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur réseau NetOps</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Access - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
     <x:t>Access - perfectionnement</x:t>
   </x:si>
@@ -5927,279 +5927,279 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>592083</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>35457</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38325</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>595755</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>603428</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>38325</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-        <x:v>64</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>595755</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -6272,51 +6272,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>554904</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>65</x:v>
@@ -6395,82 +6395,82 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>592283</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>595754</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -6898,214 +6898,214 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>544705</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>544707</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>549013</x:v>
+        <x:v>544707</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -7117,51 +7117,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7171,51 +7171,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -8145,108 +8145,111 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>538341</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -8258,103 +8261,100 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>549713</x:v>
+        <x:v>538341</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -8374,51 +8374,51 @@
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>605052</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>35</x:v>
@@ -8882,51 +8882,51 @@
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>500794</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>67</x:v>
@@ -8939,51 +8939,51 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
@@ -8993,51 +8993,51 @@
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>67</x:v>
@@ -10467,51 +10467,51 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10526,51 +10526,51 @@
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>580623</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
@@ -11216,51 +11216,51 @@
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>101</x:v>
@@ -11270,51 +11270,51 @@
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>67</x:v>
@@ -11497,51 +11497,51 @@
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>614344</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>67</x:v>
@@ -11554,51 +11554,51 @@
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>101</x:v>
@@ -11665,51 +11665,51 @@
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>598399</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>101</x:v>
@@ -11719,51 +11719,51 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>588470</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>67</x:v>
@@ -11906,462 +11906,462 @@
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>585515</x:v>
+        <x:v>576616</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>576616</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>576621</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>576623</x:v>
+        <x:v>585515</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>576614</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>576619</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>576626</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>576627</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>576620</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
@@ -12396,74 +12396,74 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>584589</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>576624</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
@@ -12498,176 +12498,176 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>576617</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>576618</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>576625</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
@@ -13077,51 +13077,51 @@
       <x:c r="M179" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>506002</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -13263,156 +13263,156 @@
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>506004</x:v>
+        <x:v>608581</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>608581</x:v>
+        <x:v>506004</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -15175,51 +15175,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>558155</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>35</x:v>
@@ -16642,57 +16642,57 @@
       <x:c r="K243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>515618</x:v>
+        <x:v>547580</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -16701,57 +16701,57 @@
       <x:c r="K244" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>547580</x:v>
+        <x:v>515618</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -18976,159 +18976,159 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>499873</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>499876</x:v>
+        <x:v>546521</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>546521</x:v>
+        <x:v>499876</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -20866,51 +20866,51 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>545167</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>67</x:v>
@@ -20923,51 +20923,51 @@
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>556958</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20982,51 +20982,51 @@
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>67</x:v>
@@ -21516,51 +21516,51 @@
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>503860</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22111,164 +22111,165 @@
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>608138</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
+      <x:c r="E341" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>608138</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -22578,275 +22579,275 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>535313</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>535313</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>550735</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>535305</x:v>
+        <x:v>550735</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -24276,51 +24277,51 @@
       <x:c r="M377" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
@@ -24451,51 +24452,51 @@
       <x:c r="M380" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -24567,51 +24568,51 @@
       <x:c r="M382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -25680,51 +25681,51 @@
       <x:c r="M402" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>614330</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
@@ -26343,51 +26344,51 @@
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>596436</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
@@ -26567,51 +26568,51 @@
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>595930</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
@@ -28248,51 +28249,51 @@
       <x:c r="M448" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>497033</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -28305,51 +28306,51 @@
       <x:c r="M449" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>497034</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
@@ -28480,51 +28481,51 @@
       <x:c r="M452" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>497035</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -28545,151 +28546,151 @@
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>590884</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>518921</x:v>
+        <x:v>614647</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>614647</x:v>
+        <x:v>518921</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -30549,51 +30550,51 @@
       <x:c r="M491" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>611846</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>709</x:v>
@@ -34837,264 +34838,264 @@
       <x:c r="I567" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>605001</x:v>
+        <x:v>615463</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>780</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>605033</x:v>
+        <x:v>615466</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>754</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>605035</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>605040</x:v>
+        <x:v>615480</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>754</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>605048</x:v>
+        <x:v>615483</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
@@ -35400,264 +35401,264 @@
         <x:v>752</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>615463</x:v>
+        <x:v>605001</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>615466</x:v>
+        <x:v>605033</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>615470</x:v>
+        <x:v>605035</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>615480</x:v>
+        <x:v>605040</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>615483</x:v>
+        <x:v>605048</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>101</x:v>
@@ -37463,51 +37464,51 @@
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>35</x:v>
@@ -37849,270 +37850,271 @@
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>606160</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>558368</x:v>
+        <x:v>507527</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
+      <x:c r="E627" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>598912</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
-      <x:c r="E628" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>598912</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>507527</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -38362,105 +38364,105 @@
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>598916</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>555189</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s"/>
       <x:c r="K636" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -38469,54 +38471,54 @@
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>467583</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>24220</x:v>
@@ -38993,80 +38995,80 @@
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>549126</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>572397</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
@@ -39665,51 +39667,51 @@
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>606189</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>67</x:v>
@@ -39830,51 +39832,51 @@
       <x:c r="M660" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -39954,51 +39956,51 @@
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>604978</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>101</x:v>
@@ -40229,54 +40231,54 @@
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>595875</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>35</x:v>
@@ -40454,51 +40456,51 @@
       <x:c r="M671" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>549757</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
@@ -40513,51 +40515,51 @@
       <x:c r="M672" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>549758</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -40570,51 +40572,51 @@
       <x:c r="M673" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>549760</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
@@ -40629,51 +40631,51 @@
       <x:c r="M674" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>549759</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -42247,51 +42249,51 @@
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>540355</x:v>
+        <x:v>540356</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
@@ -42304,51 +42306,51 @@
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>540356</x:v>
+        <x:v>540355</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
@@ -42366,54 +42368,54 @@
       <x:c r="L704" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>539768</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>866</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>867</x:v>
+        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -42423,54 +42425,54 @@
       <x:c r="L705" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>539767</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>864</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I706" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
@@ -42880,80 +42882,80 @@
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>534019</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C714" s="15" t="s"/>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s"/>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>533106</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
@@ -42961,51 +42963,51 @@
       </x:c>
       <x:c r="C715" s="3" t="s"/>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>534099</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
@@ -43016,103 +43018,103 @@
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I716" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s"/>
       <x:c r="K716" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>534100</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C717" s="3" t="s"/>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>533116</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">