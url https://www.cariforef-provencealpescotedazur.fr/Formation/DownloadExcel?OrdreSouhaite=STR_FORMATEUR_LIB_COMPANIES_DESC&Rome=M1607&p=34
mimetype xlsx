--- v1 (2026-02-10)
+++ v2 (2026-02-11)
@@ -674,80 +674,80 @@
   <x:si>
     <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro assistance à la gestion des organisations et de leurs activités</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
+    <x:t>Word</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Excel : perfectionnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Word</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Word intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel</x:t>
@@ -1991,179 +1991,179 @@
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Line Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistante dentaire polyvalente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Efficience Dentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel secrétaire assistant (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecloson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARFAMSTA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
-    <x:t>LA VALETTE-DU-VAR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SISTERON</x:t>
-[...118 lines deleted...]
-  <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pack Office : maîtriser les bases d’Excel, Word, PowerPoint et Outlook</x:t>
   </x:si>
   <x:si>
     <x:t>DCP Formation</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>LAGNES</x:t>
   </x:si>
   <x:si>
     <x:t>EYGLIERS</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
@@ -2204,62 +2204,62 @@
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDRE-LES-ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>MALIJAI</x:t>
   </x:si>
   <x:si>
+    <x:t>ARVIEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
-    <x:t>ARVIEUX</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT BONNET EN CHAMPSAUR</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
@@ -2483,65 +2483,65 @@
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>Word initiation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Word initiation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
@@ -2555,81 +2555,81 @@
   <x:si>
     <x:t>Titre professionnel secrétaire assistant (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assister une équipe dans la communication des informations et l'organisation des activités - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Secrétaire assistant</x:t>
   </x:si>
   <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traiter les opérations administratives liées à la gestion commerciale et aux ressources humaines - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
@@ -7249,168 +7249,168 @@
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>576600</x:v>
+        <x:v>584589</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>584589</x:v>
+        <x:v>584595</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="U74" s="16" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>584595</x:v>
+        <x:v>576600</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>203</x:v>
@@ -7637,51 +7637,51 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>584333</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
@@ -7992,51 +7992,51 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>584330</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -8045,100 +8045,100 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>584582</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>584586</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -8400,51 +8400,51 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>576627</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -8555,51 +8555,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>584332</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
@@ -8808,51 +8808,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>584596</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -8910,51 +8910,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>584331</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -8963,100 +8963,100 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>576603</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>576604</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -9216,51 +9216,51 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>584329</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -13969,156 +13969,156 @@
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>594480</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>617232</x:v>
+        <x:v>547506</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>547506</x:v>
+        <x:v>617232</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -16989,51 +16989,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>542257</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -20196,2507 +20196,2505 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>493630</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s"/>
-      <x:c r="F310" s="14" t="s"/>
+      <x:c r="E310" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F310" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="G310" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>32667</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>611959</x:v>
+        <x:v>583767</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>543679</x:v>
+        <x:v>611959</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>568813</x:v>
+        <x:v>543679</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
-      <x:c r="E313" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>32667</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>583767</x:v>
+        <x:v>611958</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>611958</x:v>
+        <x:v>611957</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>611957</x:v>
+        <x:v>611960</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>611960</x:v>
+        <x:v>611961</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>611961</x:v>
+        <x:v>519390</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>519390</x:v>
+        <x:v>571290</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
+      <x:c r="E319" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>571290</x:v>
+        <x:v>603100</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>647</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="Q320" s="16" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="R320" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="Q320" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>603100</x:v>
+        <x:v>548910</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
-      <x:c r="E321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R321" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="S321" s="0" t="n">
+        <x:v>518416</x:v>
+      </x:c>
+      <x:c r="T321" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="R321" s="0" t="s">
+      <x:c r="U321" s="4" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s"/>
+      <x:c r="E322" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>518416</x:v>
+        <x:v>545320</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>545320</x:v>
+        <x:v>552339</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>552339</x:v>
+        <x:v>552338</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
-      <x:c r="E325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>552338</x:v>
+        <x:v>598731</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>598731</x:v>
+        <x:v>599169</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>353</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>599169</x:v>
+        <x:v>554305</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>660</x:v>
-[...1 lines deleted...]
-      <x:c r="C328" s="15" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C328" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s"/>
+      <x:c r="E328" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>662</x:v>
-[...1 lines deleted...]
-      <x:c r="J328" s="14" t="s"/>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="J328" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>35054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>554305</x:v>
+        <x:v>506902</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
-      <x:c r="E329" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>506902</x:v>
+        <x:v>588363</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>668</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
-      <x:c r="E330" s="14" t="s"/>
+      <x:c r="E330" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>588363</x:v>
+        <x:v>554390</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>554390</x:v>
+        <x:v>602112</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>602112</x:v>
+        <x:v>601193</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
+      <x:c r="E333" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>601193</x:v>
+        <x:v>502660</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>502660</x:v>
+        <x:v>608430</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>608430</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>608525</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>555976</x:v>
+        <x:v>555935</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>555935</x:v>
+        <x:v>502661</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>502661</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>596</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>608429</x:v>
+        <x:v>608524</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>608524</x:v>
+        <x:v>555933</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>555933</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>669</x:v>
-[...2 lines deleted...]
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="Q343" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="Q343" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>555975</x:v>
+        <x:v>590011</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>590011</x:v>
+        <x:v>590872</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>590872</x:v>
+        <x:v>615132</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s"/>
+      <x:c r="E346" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="Q346" s="16" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="R346" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="Q346" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>615132</x:v>
+        <x:v>581841</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="Q347" s="4" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="R347" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="Q347" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>581841</x:v>
+        <x:v>601739</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="Q348" s="16" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="R348" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="Q348" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>601739</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>601740</x:v>
+        <x:v>566431</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="H350" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>566431</x:v>
+        <x:v>568813</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>521443</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>686</x:v>
@@ -23823,51 +23821,51 @@
       <x:c r="I375" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>612575</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -24741,51 +24739,51 @@
       <x:c r="I393" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>612521</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -24843,51 +24841,51 @@
       <x:c r="I395" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>612543</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -25100,511 +25098,511 @@
         <x:v>686</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>626</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>612592</x:v>
+        <x:v>612533</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>612639</x:v>
+        <x:v>612576</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>571763</x:v>
+        <x:v>612577</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>612533</x:v>
+        <x:v>612580</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>612541</x:v>
+        <x:v>612599</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>612558</x:v>
+        <x:v>612592</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>612576</x:v>
+        <x:v>612639</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>612577</x:v>
+        <x:v>612541</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>612580</x:v>
+        <x:v>612558</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>612599</x:v>
+        <x:v>571763</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>686</x:v>
@@ -25860,51 +25858,51 @@
       <x:c r="G415" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>566966</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
@@ -25913,51 +25911,51 @@
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>505820</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>719</x:v>
@@ -26072,51 +26070,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>615317</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -26131,51 +26129,51 @@
       <x:c r="J420" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>609212</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -26484,51 +26482,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>584624</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -27071,51 +27069,51 @@
         <x:v>116</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>611222</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>743</x:v>
@@ -27374,75 +27372,75 @@
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>603786</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
@@ -29194,51 +29192,51 @@
       <x:c r="J473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>605342</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -29935,51 +29933,51 @@
       <x:c r="I487" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>615527</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
@@ -30870,51 +30868,51 @@
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>605332</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -30923,100 +30921,100 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>605014</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>605016</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31025,100 +31023,100 @@
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>605019</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>605025</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31127,100 +31125,100 @@
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>605030</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>605036</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31229,100 +31227,100 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>605043</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>615462</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31331,202 +31329,202 @@
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>615464</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>615465</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>615471</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>615472</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31535,100 +31533,100 @@
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>615480</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>615483</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -31975,51 +31973,51 @@
       <x:c r="I527" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>604916</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
@@ -32045,100 +32043,100 @@
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>604927</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>605001</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -32147,100 +32145,100 @@
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>605005</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>605028</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -32249,100 +32247,100 @@
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>615455</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>615467</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -32351,100 +32349,100 @@
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>615475</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>615478</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -33065,100 +33063,100 @@
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>604925</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>605026</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -33167,100 +33165,100 @@
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>605032</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>605041</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -34170,51 +34168,51 @@
         <x:v>285</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>615534</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>285</x:v>
@@ -34493,100 +34491,100 @@
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>604929</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>605006</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -34595,100 +34593,100 @@
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>605008</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>605011</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -34697,100 +34695,100 @@
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>605037</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>605048</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -34799,100 +34797,100 @@
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>615458</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>615463</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -34901,100 +34899,100 @@
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>615474</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>615477</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -35513,1718 +35511,1718 @@
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>616594</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>605287</x:v>
+        <x:v>604888</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>605295</x:v>
+        <x:v>604917</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>605317</x:v>
+        <x:v>604923</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>605320</x:v>
+        <x:v>604924</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>605325</x:v>
+        <x:v>605012</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C602" s="15" t="s"/>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>605327</x:v>
+        <x:v>605015</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C603" s="3" t="s"/>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>604888</x:v>
+        <x:v>605021</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C604" s="15" t="s"/>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s"/>
       <x:c r="K604" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>604917</x:v>
+        <x:v>605029</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C605" s="3" t="s"/>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>604923</x:v>
+        <x:v>605046</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C606" s="15" t="s"/>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>604924</x:v>
+        <x:v>605049</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C607" s="3" t="s"/>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>605012</x:v>
+        <x:v>615460</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C608" s="15" t="s"/>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s"/>
       <x:c r="K608" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>605015</x:v>
+        <x:v>615461</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C609" s="3" t="s"/>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>605021</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C610" s="15" t="s"/>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s"/>
       <x:c r="K610" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>605029</x:v>
+        <x:v>615481</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>605046</x:v>
+        <x:v>615484</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>605049</x:v>
+        <x:v>615487</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C613" s="3" t="s"/>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>615460</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C614" s="15" t="s"/>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s"/>
       <x:c r="K614" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>615461</x:v>
+        <x:v>615531</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>615470</x:v>
+        <x:v>605287</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>615481</x:v>
+        <x:v>605295</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>615484</x:v>
+        <x:v>605317</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>615487</x:v>
+        <x:v>605320</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>615497</x:v>
+        <x:v>605325</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>615531</x:v>
+        <x:v>605327</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>605288</x:v>
+        <x:v>616655</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s"/>
       <x:c r="K622" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>605309</x:v>
+        <x:v>616658</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>605323</x:v>
+        <x:v>616661</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>605328</x:v>
+        <x:v>616663</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>616655</x:v>
+        <x:v>605288</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s"/>
       <x:c r="K626" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>616658</x:v>
+        <x:v>605301</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>616661</x:v>
+        <x:v>605309</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>616663</x:v>
+        <x:v>605323</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>605301</x:v>
+        <x:v>605328</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>285</x:v>
@@ -37602,198 +37600,198 @@
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>605314</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C639" s="3" t="s"/>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>604893</x:v>
+        <x:v>604930</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C640" s="15" t="s"/>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s"/>
       <x:c r="K640" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>604930</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C641" s="3" t="s"/>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>46</x:v>
@@ -37961,100 +37959,100 @@
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>605299</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>605009</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -38063,202 +38061,202 @@
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>605018</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>605022</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>605035</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>605038</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C650" s="15" t="s"/>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -38267,100 +38265,100 @@
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>605044</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C651" s="3" t="s"/>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>605047</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C652" s="15" t="s"/>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s"/>
       <x:c r="K652" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -38369,100 +38367,100 @@
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>615454</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C653" s="3" t="s"/>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>615457</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C654" s="15" t="s"/>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s"/>
       <x:c r="K654" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -38471,100 +38469,100 @@
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>615459</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C655" s="3" t="s"/>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>615466</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C656" s="15" t="s"/>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s"/>
       <x:c r="K656" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
@@ -38573,51 +38571,51 @@
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>615473</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C657" s="3" t="s"/>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
@@ -39030,1448 +39028,1450 @@
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>616672</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>604877</x:v>
+        <x:v>615456</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>604883</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>604891</x:v>
+        <x:v>615479</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>604894</x:v>
+        <x:v>615488</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>604912</x:v>
+        <x:v>615491</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>604920</x:v>
+        <x:v>615494</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>604922</x:v>
+        <x:v>615509</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>605000</x:v>
+        <x:v>615530</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>605027</x:v>
+        <x:v>615533</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C675" s="3" t="s"/>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
-        <x:v>605033</x:v>
+        <x:v>604877</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C676" s="15" t="s"/>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s"/>
       <x:c r="K676" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
-        <x:v>605040</x:v>
+        <x:v>604883</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C677" s="3" t="s"/>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>615456</x:v>
+        <x:v>604891</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>615468</x:v>
+        <x:v>604894</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>615479</x:v>
+        <x:v>604912</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s"/>
       <x:c r="K680" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>615488</x:v>
+        <x:v>604920</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C681" s="3" t="s"/>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>615491</x:v>
+        <x:v>604922</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C682" s="15" t="s"/>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s"/>
       <x:c r="K682" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>615494</x:v>
+        <x:v>605000</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C683" s="3" t="s"/>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>615509</x:v>
+        <x:v>605027</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C684" s="15" t="s"/>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s"/>
       <x:c r="K684" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>615530</x:v>
+        <x:v>605033</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C685" s="3" t="s"/>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>615533</x:v>
+        <x:v>605040</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C686" s="15" t="s"/>
       <x:c r="D686" s="15" t="s"/>
-      <x:c r="E686" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="J686" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J686" s="14" t="s"/>
       <x:c r="K686" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>495550</x:v>
+        <x:v>572398</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>603238</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>549136</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C689" s="3" t="s"/>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>572397</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C690" s="15" t="s"/>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I690" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s"/>
       <x:c r="K690" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>572399</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>808</x:v>
-[...1 lines deleted...]
-      <x:c r="C691" s="3" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C691" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D691" s="3" t="s"/>
+      <x:c r="E691" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
+      <x:c r="J691" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>572398</x:v>
+        <x:v>495550</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>572396</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
@@ -40664,54 +40664,54 @@
       <x:c r="I696" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>570736</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -40724,54 +40724,54 @@
       <x:c r="I697" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -40966,359 +40966,359 @@
       <x:c r="J701" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="S701" s="0" t="n">
+        <x:v>548108</x:v>
+      </x:c>
+      <x:c r="T701" s="4" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="S701" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T701" s="4" t="s">
+      <x:c r="U701" s="4" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>600574</x:v>
+        <x:v>529569</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>832</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>524887</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I704" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>524891</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>836</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>529569</x:v>
+        <x:v>513265</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I706" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>548108</x:v>
+        <x:v>600574</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>27</x:v>
@@ -41331,167 +41331,167 @@
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>604500</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>604503</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>575502</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I710" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41506,108 +41506,108 @@
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>548109</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>548110</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41622,51 +41622,51 @@
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>548120</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>27</x:v>
@@ -41679,51 +41679,51 @@
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>604501</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41738,108 +41738,108 @@
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>548107</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>575501</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I716" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41854,108 +41854,108 @@
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>524890</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>524896</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I718" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -41970,51 +41970,51 @@
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>548119</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
@@ -42027,110 +42027,110 @@
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>604502</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>612164</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>27</x:v>
@@ -42143,51 +42143,51 @@
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>524894</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42202,216 +42202,216 @@
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>524895</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>544553</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I724" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>544538</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>860</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>604441</x:v>
+        <x:v>544538</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
-        <x:v>830</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="I726" s="16" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s"/>
       <x:c r="K726" s="14" t="s">
         <x:v>25</x:v>
@@ -42430,51 +42430,51 @@
       </x:c>
       <x:c r="P726" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
         <x:v>534254</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="G727" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>27</x:v>
@@ -42487,110 +42487,110 @@
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
         <x:v>524792</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C728" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s"/>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H728" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I728" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K728" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
         <x:v>524789</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="G729" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>27</x:v>
@@ -42603,51 +42603,51 @@
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>524797</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I730" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42662,51 +42662,51 @@
       </x:c>
       <x:c r="P730" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
         <x:v>529534</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="G731" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>27</x:v>
@@ -42719,167 +42719,167 @@
       </x:c>
       <x:c r="P731" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
         <x:v>604438</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>575419</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>547968</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42894,51 +42894,51 @@
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>524796</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>27</x:v>
@@ -42951,51 +42951,51 @@
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>547980</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I736" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K736" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -43010,207 +43010,207 @@
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>604439</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>547970</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>838</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I738" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>604442</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="G739" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -43246,51 +43246,51 @@
       </x:c>
       <x:c r="P740" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
         <x:v>583837</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
         <x:v>27</x:v>
@@ -43303,226 +43303,226 @@
       </x:c>
       <x:c r="P741" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
         <x:v>547967</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K742" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>524793</x:v>
+        <x:v>524798</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
-        <x:v>836</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>604440</x:v>
+        <x:v>575420</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C744" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I744" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>547979</x:v>
+        <x:v>604440</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>851</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>27</x:v>
@@ -43535,218 +43535,218 @@
       </x:c>
       <x:c r="P745" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>547969</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K746" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>513053</x:v>
+        <x:v>547979</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>575420</x:v>
+        <x:v>513053</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>841</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="I748" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>524798</x:v>
+        <x:v>524793</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>851</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C749" s="3" t="s"/>
       <x:c r="D749" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -43817,51 +43817,51 @@
       <x:c r="M750" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>609461</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>879</x:v>
       </x:c>