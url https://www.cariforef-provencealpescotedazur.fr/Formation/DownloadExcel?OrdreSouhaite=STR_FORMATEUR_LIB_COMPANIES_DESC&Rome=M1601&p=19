--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -1451,291 +1451,291 @@
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/26/2024 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel employé administratif et d'accueil (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel employé administratif et d'accueil (Apprentissage) (Contrat de Professionnalisation)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Employé administratif et d’accueil</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assurer l'accueil d'une structure - Bloc de compétences du titre professionnel Employé administratif et d'accueil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/05/2027 00:00:00</x:t>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/19/2026 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -3690,57 +3690,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>501262</x:v>
+        <x:v>545444</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -3750,57 +3750,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>501259</x:v>
+        <x:v>545445</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>107</x:v>
@@ -3811,54 +3811,54 @@
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>545444</x:v>
+        <x:v>501259</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -3871,57 +3871,57 @@
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>545445</x:v>
+        <x:v>501262</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>104</x:v>
@@ -5187,57 +5187,57 @@
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>565217</x:v>
+        <x:v>608194</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5247,57 +5247,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>608194</x:v>
+        <x:v>565217</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8145,133 +8145,133 @@
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>601966</x:v>
+        <x:v>546929</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>546929</x:v>
+        <x:v>601966</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
@@ -9571,154 +9571,154 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>598754</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>599169</x:v>
+        <x:v>598755</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>598755</x:v>
+        <x:v>599169</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>177</x:v>
@@ -9910,57 +9910,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>502647</x:v>
+        <x:v>555921</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>177</x:v>
@@ -9971,57 +9971,57 @@
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>555921</x:v>
+        <x:v>502647</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -10953,57 +10953,57 @@
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>552423</x:v>
+        <x:v>499712</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11012,57 +11012,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>499712</x:v>
+        <x:v>552423</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -12024,239 +12024,239 @@
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>573815</x:v>
+        <x:v>599690</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>510422</x:v>
+        <x:v>599689</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>510426</x:v>
+        <x:v>599692</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>599690</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
@@ -12266,57 +12266,57 @@
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>554552</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>444</x:v>
@@ -12327,111 +12327,111 @@
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>599689</x:v>
+        <x:v>573815</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>599692</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>442</x:v>
@@ -12454,51 +12454,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>510424</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -12567,114 +12567,114 @@
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>564172</x:v>
+        <x:v>564177</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="U180" s="16" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>564177</x:v>
+        <x:v>564172</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -12698,229 +12698,229 @@
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>596621</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>610278</x:v>
+        <x:v>580678</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>580678</x:v>
+        <x:v>610278</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
@@ -12937,51 +12937,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>562635</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>49</x:v>
@@ -12997,101 +12997,101 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>615726</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
@@ -13118,379 +13118,379 @@
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>544554</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>604503</x:v>
+        <x:v>524906</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>524906</x:v>
+        <x:v>548123</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>548123</x:v>
+        <x:v>548130</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>548130</x:v>
+        <x:v>513290</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>513290</x:v>
+        <x:v>604503</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="U194" s="16" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>548124</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
@@ -13522,108 +13522,108 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>575509</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613806</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -13638,332 +13638,332 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>612164</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>604502</x:v>
+        <x:v>604501</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="U199" s="4" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>604501</x:v>
+        <x:v>604502</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>572837</x:v>
+        <x:v>548131</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>548131</x:v>
+        <x:v>524902</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>524902</x:v>
+        <x:v>600574</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -13975,54 +13975,54 @@
       <x:c r="L204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>575508</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="U204" s="16" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14032,286 +14032,286 @@
       <x:c r="L205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>524900</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="U205" s="4" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>548125</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>524910</x:v>
+        <x:v>524901</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>548126</x:v>
+        <x:v>604500</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>529573</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14320,230 +14320,230 @@
       <x:c r="K210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>591338</x:v>
+        <x:v>579824</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>604500</x:v>
+        <x:v>572837</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>524901</x:v>
+        <x:v>524910</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>600574</x:v>
+        <x:v>548126</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -14552,230 +14552,230 @@
       <x:c r="K214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>579824</x:v>
+        <x:v>591338</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>591263</x:v>
+        <x:v>547984</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>604439</x:v>
+        <x:v>547990</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>547985</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -14790,224 +14790,224 @@
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>579819</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>547984</x:v>
+        <x:v>575427</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>547990</x:v>
+        <x:v>547986</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>524802</x:v>
+        <x:v>604439</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15016,346 +15016,346 @@
       <x:c r="K222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>524803</x:v>
+        <x:v>524802</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>524804</x:v>
+        <x:v>524803</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>604438</x:v>
+        <x:v>524804</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>604442</x:v>
+        <x:v>604438</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>575426</x:v>
+        <x:v>604442</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>513078</x:v>
+        <x:v>575426</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15364,405 +15364,405 @@
       <x:c r="K228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>544539</x:v>
+        <x:v>513078</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>575427</x:v>
+        <x:v>544539</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>547986</x:v>
+        <x:v>591263</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>547991</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="U231" s="4" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>604440</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>524808</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>529538</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15772,62 +15772,62 @@
       <x:c r="L235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>572823</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -15842,275 +15842,275 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>613780</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>524812</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>604441</x:v>
+        <x:v>547983</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>547983</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>