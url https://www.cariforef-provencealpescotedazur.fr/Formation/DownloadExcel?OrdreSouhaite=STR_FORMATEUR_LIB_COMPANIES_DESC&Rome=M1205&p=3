--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -2273,69 +2273,69 @@
   <x:si>
     <x:t>Master mention finance parcours risques financiers et finance durable</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la gestion et de la comptabilité : responsable de portefeuille clients en cabinet d'expertise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours finance d'entreprise et ingénierie financière</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention contrôle de gestion et audit organisationnel parcours contrôle, audit, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention comptabilité - contrôle - audit parcours comptabilité, contrôle, audit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours modélisation financière</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours gestion de patrimoine</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention finance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention finance parcours gestion du patrimoine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention finance parcours recherche en économie et en finance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
   </x:si>
@@ -12810,108 +12810,108 @@
       <x:c r="K184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>525430</x:v>
+        <x:v>589592</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>589592</x:v>
+        <x:v>525430</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -25244,149 +25244,148 @@
       <x:c r="T399" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="H400" s="14" t="s"/>
+      <x:c r="H400" s="14" t="s">
+        <x:v>736</x:v>
+      </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>568283</x:v>
+        <x:v>609179</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>738</x:v>
-[...1 lines deleted...]
-      <x:c r="H401" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>609179</x:v>
+        <x:v>568283</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -26046,68 +26045,68 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>35913</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>739</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>41062</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>707</x:v>
       </x:c>