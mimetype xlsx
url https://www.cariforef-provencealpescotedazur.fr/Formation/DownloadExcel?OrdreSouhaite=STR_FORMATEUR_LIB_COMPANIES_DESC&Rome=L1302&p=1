--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -215,89 +215,89 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Art</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention direction de projets ou établissements culturels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique culturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Son</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DU direction et maitrise financière de la production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
@@ -383,62 +383,62 @@
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Documentaire sonore de création</x:t>
   </x:si>
   <x:si>
     <x:t>Phonurgia Nova</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Radio télévision</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administration de production</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Movie Magic Budgeting</x:t>
   </x:si>
   <x:si>
     <x:t>Movie Magic Scheduling</x:t>
@@ -512,77 +512,77 @@
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son - AIS formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère pro cinema</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
+    <x:t>Cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
+    <x:t>09/13/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Mastère pro cinema</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réalisateur monteur</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
@@ -893,108 +893,108 @@
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures documentaires : recherche et création</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études culturelles parcours monde anglophone</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours ingénierie du son à l'image</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie de l'image et de la prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la composition musicale et sonore pour l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la production et de la réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Adev</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Exploitant agricole, salarié agricole , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Produire et financer un film indépendant : Les secrets pour réussir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adastra Films</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Scénaristes et réalisateurs : stratégies pour convaincre un producteur ou autoproduire ses films</x:t>
   </x:si>
   <x:si>
-    <x:t>Adastra Films</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1698,145 +1698,145 @@
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>615938</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>39404</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592095</x:v>
+        <x:v>592089</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39294</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592089</x:v>
+        <x:v>592095</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>64</x:v>
@@ -2340,100 +2340,100 @@
       <x:c r="K16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605663</x:v>
+        <x:v>605664</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>605664</x:v>
+        <x:v>605663</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>99</x:v>
@@ -3053,245 +3053,246 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>595767</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="J30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="L30" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="M30" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N30" s="15" t="n">
+        <x:v>46274</x:v>
+      </x:c>
+      <x:c r="O30" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="P30" s="14" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>587198</x:v>
+        <x:v>604630</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C31" s="3" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>37019</x:v>
+      </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>46274</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604630</x:v>
+        <x:v>542527</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>542527</x:v>
+        <x:v>587198</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>549567</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
@@ -3432,51 +3433,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>603553</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -3492,51 +3493,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>499850</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>41113</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>170</x:v>
@@ -3610,51 +3611,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>573337</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -3963,82 +3964,82 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>595764</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>592090</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4406,51 +4407,51 @@
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>615909</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -5007,415 +5008,415 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>549140</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>40470</x:v>
+        <x:v>41502</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>592521</x:v>
+        <x:v>615908</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>40470</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592091</x:v>
+        <x:v>592521</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>41502</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>615908</x:v>
+        <x:v>592091</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>592796</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592098</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592096</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592097</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -5479,51 +5480,51 @@
       <x:c r="G74" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>577308</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -5536,57 +5537,57 @@
       <x:c r="G75" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>575031</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40470</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
@@ -5711,51 +5712,51 @@
       <x:c r="G78" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>575526</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -5884,51 +5885,51 @@
       <x:c r="G81" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>575799</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -6000,51 +6001,51 @@
       <x:c r="G83" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>575525</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6116,51 +6117,51 @@
       <x:c r="G85" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>575798</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -6175,167 +6176,167 @@
       <x:c r="G86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>576151</x:v>
+        <x:v>576152</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>576152</x:v>
+        <x:v>576151</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>576148</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -6348,51 +6349,51 @@
       <x:c r="G89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>581557</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
@@ -6407,51 +6408,51 @@
       <x:c r="G90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>576153</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6464,51 +6465,51 @@
       <x:c r="G91" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -6563,182 +6564,182 @@
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>45052</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>584675</x:v>
+        <x:v>606826</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>46244</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>606826</x:v>
+        <x:v>584675</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>606828</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>