--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -617,68 +617,68 @@
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/06/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
@@ -809,68 +809,68 @@
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS management opérationnel de la sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encadrement management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS management opérationnel de la sécurité (Apprentissage)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Maurice Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Estaque - Lycée des Métiers du Nautisme et de la Sécurité</x:t>
@@ -1025,59 +1025,59 @@
   <x:si>
     <x:t>Agent de protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Universel de Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
@@ -1307,185 +1307,185 @@
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe 9 Academy</x:t>
   </x:si>
   <x:si>
     <x:t>G9</x:t>
   </x:si>
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/17/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de protection physique des personnes renforcé armé en catégorie B et D</x:t>
   </x:si>
   <x:si>
     <x:t>BP Agent technique de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>BTS MOS - Management opérationnel de la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formeo 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre à finalité professionnelle APS - Agent de prévention et de sécurité (ex CQP APS) + SSIAP 1</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>Formeo 13</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel agent de sûreté et de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>France Formation Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de prévention et de sécurité modules SSIAP 1, vidéosurveillance, habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
-    <x:t>France Formation Sécurité</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>FFS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Formosecours</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
@@ -1790,59 +1790,59 @@
   <x:si>
     <x:t>Asp Bodyguard</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent privé de protection de personnalité</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent privé de prévention et de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de protection des personnes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent privé de prévention et de sécurité</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
@@ -1874,54 +1874,54 @@
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité cynophile</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>Opérateur spécialisé en traitement d’informations de sécurité à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Salarié , Tout public</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Opérateur spécialisé en traitement d’informations de sécurité à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Vidéoprotection - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
@@ -6520,557 +6520,557 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>586708</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>586699</x:v>
+        <x:v>586716</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>586710</x:v>
+        <x:v>586796</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>586715</x:v>
+        <x:v>586799</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>586716</x:v>
+        <x:v>586802</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="C82" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s"/>
+      <x:c r="J82" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>586796</x:v>
+        <x:v>586699</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>586799</x:v>
+        <x:v>586710</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586802</x:v>
+        <x:v>586715</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>605429</x:v>
+        <x:v>616926</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>605430</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>616926</x:v>
+        <x:v>605430</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -8123,276 +8123,276 @@
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>595119</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>212</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s"/>
+      <x:c r="E108" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>596888</x:v>
+        <x:v>494827</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>547824</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>219</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>611320</x:v>
+        <x:v>596888</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>494827</x:v>
+        <x:v>611320</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U111" s="4" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>81</x:v>
@@ -8417,85 +8417,85 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>616819</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
@@ -8592,154 +8592,154 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>595116</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>596890</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>595134</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -8814,211 +8814,211 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596887</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -9093,208 +9093,208 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>595112</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>596889</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596891</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>595133</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -9779,82 +9779,82 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>614651</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>509535</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
@@ -9899,82 +9899,82 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>612256</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>599383</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -10124,97 +10124,97 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>587321</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>544950</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -10460,219 +10460,219 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>597772</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
+      <x:c r="E149" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>587322</x:v>
+        <x:v>580285</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>495732</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>580285</x:v>
+        <x:v>587322</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -11608,51 +11608,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>613551</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>39</x:v>
@@ -12432,82 +12432,82 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>612254</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>510286</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -12548,198 +12548,198 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>502713</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>599872</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>502692</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>551964</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
@@ -12823,51 +12823,51 @@
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>608232</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -13180,275 +13180,275 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>581450</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>499323</x:v>
+        <x:v>603627</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>549473</x:v>
+        <x:v>499323</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>603627</x:v>
+        <x:v>549473</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>570666</x:v>
+        <x:v>570699</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="U201" s="4" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -13457,114 +13457,114 @@
       <x:c r="K202" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>570667</x:v>
+        <x:v>570666</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>570699</x:v>
+        <x:v>570667</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -13633,51 +13633,51 @@
       <x:c r="L205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>600362</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -13693,87 +13693,87 @@
       <x:c r="M206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>617131</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>544714</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
@@ -13786,51 +13786,51 @@
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>493612</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
@@ -13897,66 +13897,66 @@
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>617136</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -13977,676 +13977,670 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>515270</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
-      <x:c r="F212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F212" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G212" s="14" t="s">
-        <x:v>222</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>616365</x:v>
+        <x:v>616142</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>616142</x:v>
+        <x:v>608273</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
+      <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>612253</x:v>
+        <x:v>616363</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>564386</x:v>
+        <x:v>612253</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>616363</x:v>
+        <x:v>564386</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>616364</x:v>
+        <x:v>616365</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38227</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>526767</x:v>
+        <x:v>616364</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>579094</x:v>
+        <x:v>526767</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>579096</x:v>
+        <x:v>579094</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>579095</x:v>
+        <x:v>579096</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
+      <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>580277</x:v>
+        <x:v>579095</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14656,60 +14650,60 @@
       <x:c r="J223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>612252</x:v>
+        <x:v>580277</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14719,60 +14713,60 @@
       <x:c r="J224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>612251</x:v>
+        <x:v>612252</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14782,399 +14776,408 @@
       <x:c r="J225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>616144</x:v>
+        <x:v>612251</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38227</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
-      <x:c r="F226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F226" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G226" s="14" t="s">
-        <x:v>222</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>570869</x:v>
+        <x:v>616144</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>610220</x:v>
+        <x:v>570869</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>610222</x:v>
+        <x:v>610220</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>610221</x:v>
+        <x:v>610222</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E230" s="14" t="s"/>
+      <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>580278</x:v>
+        <x:v>610221</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>608273</x:v>
+        <x:v>580278</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G232" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -15190,54 +15193,54 @@
       <x:c r="L232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>580279</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -15247,101 +15250,101 @@
       <x:c r="J233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>616143</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
@@ -15449,51 +15452,51 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>612250</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42854</x:v>
@@ -15503,383 +15506,383 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>613007</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
+      <x:c r="D238" s="15" t="s"/>
+      <x:c r="E238" s="14" t="s"/>
+      <x:c r="F238" s="14" t="s"/>
+      <x:c r="G238" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C238" s="15" t="n">
-[...9 lines deleted...]
-      <x:c r="G238" s="14" t="s">
+      <x:c r="H238" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="H238" s="14" t="s">
+      <x:c r="I238" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="I238" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q238" s="16" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R238" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="Q238" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>583673</x:v>
+        <x:v>609027</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
-      <x:c r="E239" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="H239" s="0" t="s">
+      <x:c r="I239" s="4" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q239" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R239" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="Q239" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>583672</x:v>
+        <x:v>602504</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C240" s="15" t="s"/>
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C240" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
-      <x:c r="F240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F240" s="14" t="s">
+        <x:v>443</x:v>
+      </x:c>
       <x:c r="G240" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>452</x:v>
-[...1 lines deleted...]
-      <x:c r="J240" s="14" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J240" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q240" s="16" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R240" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="Q240" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>609027</x:v>
+        <x:v>583673</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F241" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q241" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R241" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="Q241" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>602504</x:v>
+        <x:v>583672</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q242" s="16" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R242" s="14" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>616471</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="Q243" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="R243" s="0" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>611299</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -15964,807 +15967,807 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>616347</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>569650</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>608530</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>608532</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>608272</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>608233</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>608238</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>608253</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>608255</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>615074</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>608230</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>608278</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>615075</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
@@ -16783,456 +16786,456 @@
       <x:c r="H260" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>580272</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>608531</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>608276</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>608228</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G264" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>612249</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>608256</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>615076</x:v>
+        <x:v>608231</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31814</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>608231</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>471</x:v>
@@ -17433,51 +17436,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>609524</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G272" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>350</x:v>
@@ -17856,82 +17859,82 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>611081</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>549080</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
@@ -17944,105 +17947,105 @@
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>538534</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
@@ -18579,69 +18582,69 @@
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>595132</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -18662,91 +18665,91 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>601290</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>601753</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
@@ -19345,97 +19348,97 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>599956</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>583667</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
@@ -19744,51 +19747,51 @@
       <x:c r="M311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>607760</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -19811,100 +19814,100 @@
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>552418</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>607768</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -19919,90 +19922,90 @@
       <x:c r="M314" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>607772</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>499716</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
@@ -20043,82 +20046,82 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>499721</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>552407</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
@@ -20208,51 +20211,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -20374,51 +20377,51 @@
       <x:c r="J322" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>608325</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
@@ -20431,51 +20434,51 @@
       <x:c r="J323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>608323</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
@@ -20893,163 +20896,163 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>606687</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="G332" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>583669</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>607311</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
@@ -21121,162 +21124,162 @@
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>44003</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>583603</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="G336" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>583670</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>583671</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
@@ -21295,51 +21298,51 @@
       <x:c r="H338" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>612244</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
@@ -21358,245 +21361,245 @@
       <x:c r="H339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>616890</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E340" s="14" t="s"/>
+      <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>616146</x:v>
+        <x:v>614955</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>602679</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s"/>
-      <x:c r="F342" s="14" t="s"/>
+      <x:c r="E342" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F342" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G342" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>614955</x:v>
+        <x:v>616146</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>36155</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21656,51 +21659,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>553761</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>38</x:v>
@@ -21811,51 +21814,51 @@
       <x:c r="L347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>614018</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
@@ -21932,84 +21935,84 @@
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>607839</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>556161</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
@@ -22324,222 +22327,216 @@
       <x:c r="M356" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>589917</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38451</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
-      <x:c r="E357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>607833</x:v>
+        <x:v>608556</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>41352</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>607624</x:v>
+        <x:v>616816</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
-      <x:c r="E359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>538967</x:v>
+        <x:v>616847</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
@@ -22611,219 +22608,224 @@
       <x:c r="M361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>607837</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>38451</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s"/>
+      <x:c r="E362" s="14" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>608556</x:v>
+        <x:v>538967</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>39841</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
+      <x:c r="E363" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>616816</x:v>
+        <x:v>607833</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>616847</x:v>
+        <x:v>607624</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>38</x:v>
@@ -22938,54 +22940,54 @@
       <x:c r="L367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>610713</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
@@ -24039,193 +24041,193 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>586080</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>599</x:v>
-[...1 lines deleted...]
-      <x:c r="C389" s="3" t="s"/>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="C389" s="3" t="n">
+        <x:v>38449</x:v>
+      </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
+      <x:c r="J389" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>585358</x:v>
+        <x:v>586088</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>585366</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>602</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="J391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>586088</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>593</x:v>