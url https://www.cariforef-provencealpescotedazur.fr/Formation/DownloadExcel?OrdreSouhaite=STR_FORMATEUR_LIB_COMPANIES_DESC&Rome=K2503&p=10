--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -488,74 +488,74 @@
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Attestation de formation des agents des entreprises de protection privée de navires</x:t>
   </x:si>
   <x:si>
     <x:t>Oropex</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
@@ -791,80 +791,80 @@
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Vaucluse</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>BTS management opérationnel de la sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agent de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
@@ -1448,66 +1448,66 @@
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité modules SSIAP 1, vidéosurveillance, habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Palpation de sécurité</x:t>
   </x:si>
   <x:si>
+    <x:t>Formosecours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
-    <x:t>Formosecours</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service +  Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
@@ -4712,91 +4712,86 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>602308</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="J43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602265</x:v>
+        <x:v>602307</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -4809,100 +4804,105 @@
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602269</x:v>
+        <x:v>602265</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="C45" s="3" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>602294</x:v>
+        <x:v>602269</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>63</x:v>
@@ -4911,106 +4911,106 @@
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602295</x:v>
+        <x:v>602294</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>602307</x:v>
+        <x:v>602295</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -5689,51 +5689,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>586798</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
@@ -5890,51 +5890,51 @@
       <x:c r="L65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>586714</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
@@ -8021,440 +8021,439 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>595113</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>226</x:v>
+      </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>595119</x:v>
+        <x:v>547829</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>547829</x:v>
+        <x:v>595119</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>547824</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611320</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>494827</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>517867</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -8479,51 +8478,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>616819</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>264</x:v>
@@ -8540,51 +8539,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -8600,51 +8599,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>608189</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8843,186 +8842,186 @@
       <x:c r="T119" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
@@ -11162,51 +11161,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>613551</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
@@ -12669,51 +12668,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>551964</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -13185,51 +13184,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>582032</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -13417,51 +13416,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>549473</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -13723,360 +13722,360 @@
       <x:c r="R206" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>570699</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R207" s="0" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>493612</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R208" s="14" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>617136</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R209" s="0" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>617131</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>544714</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R211" s="0" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>544713</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R212" s="14" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>515270</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -15043,51 +15042,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>564386</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -15151,165 +15150,168 @@
       <x:c r="L231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>570869</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
+      <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>612252</x:v>
+        <x:v>610220</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>610220</x:v>
+        <x:v>612252</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
@@ -15330,51 +15332,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15869,159 +15871,155 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>583673</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
+      <x:c r="D244" s="15" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F244" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G244" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="I244" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J244" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K244" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L244" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M244" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="N244" s="15" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="O244" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P244" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C244" s="15" t="s"/>
-[...3 lines deleted...]
-      <x:c r="G244" s="14" t="s">
+      <x:c r="Q244" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="H244" s="14" t="s"/>
-      <x:c r="I244" s="16" t="s">
+      <x:c r="R244" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="J244" s="14" t="s"/>
-      <x:c r="K244" s="14" t="s">
+      <x:c r="S244" s="14" t="n">
+        <x:v>580273</x:v>
+      </x:c>
+      <x:c r="T244" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="L244" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
-      <x:c r="E245" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q245" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="Q245" s="4" t="s">
+      <x:c r="R245" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="R245" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>580273</x:v>
+        <x:v>616347</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16429,51 +16427,51 @@
       <x:c r="L253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>608530</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -16930,51 +16928,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -16984,51 +16982,51 @@
       <x:c r="L263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>608532</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -17172,148 +17170,148 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>608233</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>615080</x:v>
+        <x:v>615075</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>615075</x:v>
+        <x:v>615080</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -17396,51 +17394,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>556835</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -18040,51 +18038,51 @@
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
@@ -19182,51 +19180,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>599956</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G302" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -19693,51 +19691,51 @@
       <x:c r="I310" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>508956</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
@@ -19753,702 +19751,702 @@
       <x:c r="I311" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>556778</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>499711</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>607760</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>499721</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>552420</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>552435</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>552418</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>552407</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>499716</x:v>
+        <x:v>607768</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>607768</x:v>
+        <x:v>607772</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>607772</x:v>
+        <x:v>499716</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -20794,51 +20792,51 @@
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>590154</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -20905,51 +20903,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>590153</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>41396</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -21500,51 +21498,51 @@
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>616890</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="G342" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -21894,51 +21892,51 @@
       <x:c r="L348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>614016</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>38</x:v>
@@ -22054,51 +22052,51 @@
       <x:c r="L351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
@@ -22116,164 +22114,165 @@
       <x:c r="M352" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>607835</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>39841</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
+      <x:c r="E353" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>616816</x:v>
+        <x:v>607837</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>224</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>41352</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>607837</x:v>
+        <x:v>616816</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -22626,51 +22625,51 @@
       <x:c r="M361" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>556162</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -22799,102 +22798,102 @@
       <x:c r="M364" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>556161</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>587780</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
@@ -23126,54 +23125,54 @@
       <x:c r="L370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>591636</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>39</x:v>
@@ -25295,51 +25294,51 @@
       <x:c r="L410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>616393</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>