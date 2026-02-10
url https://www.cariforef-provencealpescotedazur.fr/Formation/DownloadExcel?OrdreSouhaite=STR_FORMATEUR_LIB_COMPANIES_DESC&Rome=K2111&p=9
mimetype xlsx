--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -449,68 +449,68 @@
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de former</x:t>
   </x:si>
   <x:si>
     <x:t>Umih Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75007</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur hôtellerie restauration</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2030 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans</x:t>
   </x:si>
   <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>JUAN LES PINS</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma - CFA des 3 Caps</x:t>
   </x:si>
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Techniqual Environnement</x:t>
   </x:si>
   <x:si>
     <x:t>TQE</x:t>
   </x:si>
   <x:si>
     <x:t>13480</x:t>
@@ -518,113 +518,113 @@
   <x:si>
     <x:t>Formation formateur sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Tea Conseil Audit Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Cadre demandeur d'emploi , Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduire une action de formation en prévention des risques électriques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi plus de 26 ans , Formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation formateur HACCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formateur en sauvetage secourisme du travail (SST) - Maintien et actualisation des compétences (MAC)</x:t>
   </x:si>
   <x:si>
-    <x:t>Tea Conseil Audit Formation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>SALON-DE-PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Cadre demandeur d'emploi , Demandeur d'emploi</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
@@ -809,65 +809,65 @@
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/17/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
@@ -2309,59 +2309,59 @@
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie cognitive</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Linguistique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
@@ -2384,204 +2384,204 @@
   <x:si>
     <x:t>Licence mention histoire parcours histoire, la Méditerranée et le monde</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours ingénierie de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, cultures et représentations</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours russe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences de l'éducation et de la formation parcours chargé de mission en évaluation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours chinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours portugais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire parcours histoire, pouvoirs et sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire parcours histoire, territoires et économies parcours histoire, territoires et économies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours coopération linguistique et éducative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme de cadre de santé (expérimental)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formateur professionnel d'adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concevoir et préparer la formation – Bloc de compétences du titre professionnel formateur professionnel d’adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animer une formation et évaluer les acquis des apprenants – Bloc de compétences du titre professionnel Formateur professionnel d’adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagner les apprenants en formation – Bloc de compétences du titre professionnel Formateur professionnel d’adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
-  </x:si>
-[...115 lines deleted...]
-    <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2027 00:00:00</x:t>
   </x:si>
@@ -4439,148 +4439,148 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>581581</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>597464</x:v>
+        <x:v>592393</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592393</x:v>
+        <x:v>597464</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -5029,264 +5029,264 @@
       <x:c r="I33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>600976</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="S33" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T33" s="4" t="s">
+      <x:c r="U33" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>600976</x:v>
+        <x:v>601106</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>601106</x:v>
+        <x:v>600987</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>600987</x:v>
+        <x:v>601121</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U36" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>600982</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U37" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -5314,81 +5314,81 @@
         <x:v>451529</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>601113</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5568,495 +5568,495 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>616216</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q44" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R44" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="S44" s="14" t="n">
+        <x:v>615374</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="S44" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T44" s="16" t="s">
+      <x:c r="U44" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="I45" s="4" t="s">
+      <x:c r="K45" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q45" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>615374</x:v>
+        <x:v>615383</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q46" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>615383</x:v>
+        <x:v>615393</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="I47" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q47" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>615393</x:v>
+        <x:v>615398</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>615398</x:v>
+        <x:v>615396</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="I49" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q49" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>615373</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q50" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>615375</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="I51" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>615394</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>615395</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -6186,51 +6186,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605343</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -6507,122 +6507,122 @@
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>585291</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>585293</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6913,51 +6913,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>611855</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -7024,51 +7024,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>611861</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -7518,51 +7518,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>601520</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
@@ -7900,160 +7900,157 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>586775</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>572320</x:v>
+        <x:v>598548</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>598548</x:v>
+        <x:v>586759</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -8063,51 +8060,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>615410</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -8162,51 +8159,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>611376</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -8222,162 +8219,165 @@
       <x:c r="M92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>617035</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>617030</x:v>
+        <x:v>572320</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>586759</x:v>
+        <x:v>617030</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -8546,51 +8546,51 @@
       <x:c r="M98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>613602</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -8600,51 +8600,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>573016</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
@@ -8653,51 +8653,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>611361</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>36</x:v>
@@ -9142,51 +9142,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611478</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -9417,94 +9417,94 @@
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>588112</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U114" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583420</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -9699,159 +9699,159 @@
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>578523</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>289</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>615663</x:v>
+        <x:v>578522</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>578522</x:v>
+        <x:v>615663</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
@@ -10093,106 +10093,106 @@
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>615662</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>598240</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U127" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -10303,51 +10303,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>614278</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10395,69 +10395,69 @@
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>576683</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U132" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>25508</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -10976,51 +10976,51 @@
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>456835</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
@@ -11191,51 +11191,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G146" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>579688</x:v>
       </x:c>
@@ -11254,51 +11254,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>571018</x:v>
       </x:c>
@@ -11317,78 +11317,78 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G148" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>579690</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -11752,54 +11752,54 @@
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>573355</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U155" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -12159,54 +12159,54 @@
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>573354</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U162" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12429,51 +12429,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>579685</x:v>
       </x:c>
@@ -12492,51 +12492,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>571743</x:v>
       </x:c>
@@ -12555,51 +12555,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>612410</x:v>
       </x:c>
@@ -12618,51 +12618,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G170" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>612409</x:v>
       </x:c>
@@ -13266,51 +13266,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>578141</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13320,51 +13320,51 @@
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>616314</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13377,51 +13377,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>573971</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
@@ -13481,51 +13481,51 @@
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>608907</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -13659,100 +13659,100 @@
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>556661</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>602963</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
@@ -13993,51 +13993,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>585563</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -14163,54 +14163,54 @@
       <x:c r="L197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>585541</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -14341,51 +14341,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>585564</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -14454,54 +14454,54 @@
       <x:c r="L202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>585546</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -14754,159 +14754,159 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>563386</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>585576</x:v>
+        <x:v>563385</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>563385</x:v>
+        <x:v>585576</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="G210" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -14958,51 +14958,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>579695</x:v>
       </x:c>
@@ -15102,84 +15102,84 @@
       <x:c r="M213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>600409</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G214" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>571459</x:v>
       </x:c>
@@ -15280,54 +15280,54 @@
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>616811</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U216" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15340,84 +15340,84 @@
       <x:c r="M217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>539321</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G218" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>579694</x:v>
       </x:c>
@@ -15516,54 +15516,54 @@
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>611574</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U220" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16139,51 +16139,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>579252</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16283,72 +16283,72 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G234" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>579686</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>519</x:v>
@@ -16362,54 +16362,54 @@
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>606793</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U235" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16638,111 +16638,111 @@
       <x:c r="K240" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>613336</x:v>
+        <x:v>613337</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>613337</x:v>
+        <x:v>613336</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
@@ -17570,51 +17570,51 @@
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>613504</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -17645,51 +17645,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>598041</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>46</x:v>
@@ -17882,51 +17882,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>579684</x:v>
       </x:c>
@@ -17966,51 +17966,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>583264</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18020,51 +18020,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>583265</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
@@ -18079,51 +18079,51 @@
       <x:c r="L266" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>600053</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18195,51 +18195,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>548179</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
@@ -18562,51 +18562,51 @@
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>617104</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
@@ -18766,51 +18766,51 @@
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>224530</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
@@ -18970,51 +18970,51 @@
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>224529</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
@@ -19049,290 +19049,290 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>286246</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>398491</x:v>
+        <x:v>224243</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>398499</x:v>
+        <x:v>224261</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>286248</x:v>
+        <x:v>398491</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>224243</x:v>
+        <x:v>398499</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>224261</x:v>
+        <x:v>286248</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>569</x:v>
@@ -19556,51 +19556,51 @@
       <x:c r="M294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>505303</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19885,51 +19885,51 @@
       <x:c r="M300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>505302</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20045,51 +20045,51 @@
       <x:c r="M303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>566997</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
@@ -20129,51 +20129,51 @@
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>587815</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -20182,51 +20182,51 @@
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>587814</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
@@ -20315,103 +20315,103 @@
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>600626</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U308" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>584545</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -20472,54 +20472,54 @@
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>608537</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U311" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -20531,51 +20531,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>609206</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20588,51 +20588,51 @@
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>580116</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20693,51 +20693,51 @@
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>575932</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
@@ -20928,51 +20928,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>603782</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20985,51 +20985,51 @@
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>577762</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>45</x:v>
@@ -23133,523 +23133,523 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>585115</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>573458</x:v>
+        <x:v>580653</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>627</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>573478</x:v>
+        <x:v>580654</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>628</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>573484</x:v>
+        <x:v>573458</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>573485</x:v>
+        <x:v>573478</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>573490</x:v>
+        <x:v>573484</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>573509</x:v>
+        <x:v>573485</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>44596</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>585120</x:v>
+        <x:v>573490</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>44596</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>580653</x:v>
+        <x:v>573509</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>44596</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>580654</x:v>
+        <x:v>585120</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
@@ -23762,103 +23762,103 @@
       <x:c r="L372" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>44536</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>613601</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U372" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>590157</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38681</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -23871,51 +23871,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42814</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>590158</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
@@ -24293,69 +24293,69 @@
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>609355</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U382" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
@@ -24430,51 +24430,51 @@
       <x:c r="M384" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>586490</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
@@ -25165,54 +25165,54 @@
       <x:c r="L397" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>614385</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U397" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
@@ -25423,66 +25423,66 @@
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>599731</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -25836,205 +25836,205 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>592807</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>591858</x:v>
+        <x:v>595470</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>595470</x:v>
+        <x:v>591858</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -27219,209 +27219,209 @@
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>580607</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>575710</x:v>
+        <x:v>575716</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>575716</x:v>
+        <x:v>575725</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
@@ -27434,110 +27434,110 @@
       <x:c r="K437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>575725</x:v>
+        <x:v>575792</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>575792</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
@@ -27782,65 +27782,65 @@
       <x:c r="K443" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>547011</x:v>
+        <x:v>599239</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>783</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -27855,51 +27855,51 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>575696</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>46</x:v>
@@ -27912,51 +27912,51 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -27971,51 +27971,51 @@
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>575708</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>46</x:v>
@@ -28028,51 +28028,51 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>575711</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28087,51 +28087,51 @@
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>575718</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>46</x:v>
@@ -28144,51 +28144,51 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>575724</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28203,51 +28203,51 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>580609</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>46</x:v>
@@ -28260,51 +28260,51 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>580610</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>792</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28376,110 +28376,110 @@
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>575722</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>46</x:v>
@@ -28492,51 +28492,51 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>575532</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28551,51 +28551,51 @@
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>575533</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>46</x:v>
@@ -28608,382 +28608,382 @@
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>598349</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>575866</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>575869</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>575864</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>575867</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>575868</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>581326</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
@@ -28992,74 +28992,74 @@
       <x:c r="H464" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>590425</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
@@ -29078,2529 +29078,2529 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>576630</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I466" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q466" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q466" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>610043</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I467" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q467" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q467" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>566784</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I468" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q468" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>546585</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I469" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q469" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>604472</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I470" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q470" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>546591</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I471" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q471" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q471" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>520587</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I472" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q472" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>568556</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H473" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I473" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q473" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>568558</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I474" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q474" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q474" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>610044</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>599239</x:v>
+        <x:v>547011</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I476" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q476" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>573750</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H477" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I477" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q477" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>573751</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I478" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q478" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>568557</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I479" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q479" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>568559</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I480" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q480" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>576027</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H481" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I481" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q481" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q481" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>566783</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I482" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q482" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q482" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>545270</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I483" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q483" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>513270</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I484" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q484" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q484" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>545269</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I485" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q485" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q485" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>520586</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I486" s="16" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q486" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="Q486" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>610045</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="I487" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="Q487" s="4" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>548121</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>604408</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>568528</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>566757</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>513058</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>573713</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>546551</x:v>
+        <x:v>568526</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>814</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>520494</x:v>
+        <x:v>546551</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>568526</x:v>
+        <x:v>520494</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>546557</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>545203</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>576008</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>568525</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>609877</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>547981</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>520493</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>568527</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>609878</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>609879</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>566758</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>573714</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>545204</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
@@ -31646,51 +31646,51 @@
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>583221</x:v>
       </x:c>
@@ -31958,51 +31958,51 @@
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>551948</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
@@ -32052,305 +32052,305 @@
       <x:c r="M517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>603938</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>603943</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>545890</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>545883</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>545894</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>546270</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>45</x:v>
@@ -32544,122 +32544,122 @@
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>616618</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>616619</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>