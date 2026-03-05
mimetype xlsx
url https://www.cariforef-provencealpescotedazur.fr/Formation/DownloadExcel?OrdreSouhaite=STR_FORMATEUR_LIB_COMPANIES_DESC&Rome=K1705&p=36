--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -218,74 +218,74 @@
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vikaria</x:t>
   </x:si>
   <x:si>
     <x:t>06640</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEANNET</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Prévention et secours civiques de niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Union Départementale des Sapeurs Pompiers des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>UDSP 05</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité civile</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ubitech</x:t>
@@ -320,131 +320,131 @@
   <x:si>
     <x:t>Tea Conseil Audit Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/28/2026 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité incendie</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>13670</x:t>
@@ -704,86 +704,86 @@
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
@@ -1037,62 +1037,62 @@
   <x:si>
     <x:t>10/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier (préparation également possible par Bloc(s) de compétences)</x:t>
@@ -1106,56 +1106,56 @@
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Blanche Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>CBP</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>01/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/21/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Coralie Soscia</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir vérificateur d'extincteurs portatifs et mobiles</x:t>
@@ -1433,258 +1433,258 @@
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
+    <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accident travail maladie professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...5 lines deleted...]
-    <x:t>Accident travail maladie professionnelle</x:t>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>PUGET-SUR-ARGENS</x:t>
-[...2 lines deleted...]
-    <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
+    <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - PIS056</x:t>
   </x:si>
   <x:si>
-    <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir Coordinateur de Système de Sécurité Incendie (CSSI) - PIR059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/15/2026 00:00:00</x:t>
-[...26 lines deleted...]
-    <x:t>11/20/2026 00:00:00</x:t>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/16/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/25/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2026 00:00:00</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Amn Conseil et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
@@ -2568,100 +2568,100 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>602835</x:v>
+        <x:v>602837</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>602803</x:v>
+        <x:v>602804</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>45</x:v>
@@ -2670,100 +2670,100 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>602804</x:v>
+        <x:v>602803</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>602837</x:v>
+        <x:v>602835</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3031,51 +3031,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>615376</x:v>
+        <x:v>615386</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>76</x:v>
@@ -3084,100 +3084,100 @@
       <x:c r="K16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>615386</x:v>
+        <x:v>615389</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>615389</x:v>
+        <x:v>615391</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>76</x:v>
@@ -3186,100 +3186,100 @@
       <x:c r="K18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>615391</x:v>
+        <x:v>615387</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615387</x:v>
+        <x:v>615390</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>76</x:v>
@@ -3288,100 +3288,100 @@
       <x:c r="K20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>615390</x:v>
+        <x:v>615392</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>615392</x:v>
+        <x:v>615376</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -3450,51 +3450,51 @@
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>598245</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
@@ -3551,51 +3551,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>598244</x:v>
+        <x:v>598248</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -3606,51 +3606,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598248</x:v>
+        <x:v>598244</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40374</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -3920,51 +3920,51 @@
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>610904</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>38</x:v>
@@ -4489,54 +4489,54 @@
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>586870</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
@@ -4693,51 +4693,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>586813</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
@@ -5664,54 +5664,54 @@
       <x:c r="L66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>39</x:v>
@@ -5815,54 +5815,54 @@
       <x:c r="L69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -5917,54 +5917,54 @@
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>586831</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -6429,54 +6429,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>590545</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6531,54 +6531,54 @@
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>590573</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6887,363 +6887,363 @@
       <x:c r="K90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>618899</x:v>
+        <x:v>590555</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>590546</x:v>
+        <x:v>590558</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>590549</x:v>
+        <x:v>590565</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>590552</x:v>
+        <x:v>618899</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>590555</x:v>
+        <x:v>590546</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>590558</x:v>
+        <x:v>590549</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>590565</x:v>
+        <x:v>590552</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>39</x:v>
@@ -7400,258 +7400,258 @@
       <x:c r="L100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>590556</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>590563</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>590575</x:v>
+        <x:v>590571</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>590571</x:v>
+        <x:v>590559</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>590559</x:v>
+        <x:v>590575</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>226</x:v>
@@ -8950,205 +8950,205 @@
       <x:c r="L130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>584553</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="U130" s="16" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>584552</x:v>
+        <x:v>584550</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>584550</x:v>
+        <x:v>584552</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>617941</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
@@ -9885,173 +9885,173 @@
       <x:c r="K148" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>614989</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="U148" s="16" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>616977</x:v>
+        <x:v>606132</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>606132</x:v>
+        <x:v>614989</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10293,51 +10293,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>620901</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10347,51 +10347,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>620913</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10401,51 +10401,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>620908</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
@@ -10469,144 +10469,144 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>620821</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>600628</x:v>
+        <x:v>600625</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>600629</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>336</x:v>
@@ -10628,194 +10628,194 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>600627</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>600625</x:v>
+        <x:v>600629</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>584641</x:v>
+        <x:v>615322</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>615322</x:v>
+        <x:v>584641</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
@@ -11085,51 +11085,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>618774</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>375</x:v>
@@ -11253,51 +11253,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>609280</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -12345,51 +12345,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>618890</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12652,8175 +12652,8175 @@
         <x:v>456</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S200" s="14" t="n">
+        <x:v>620018</x:v>
+      </x:c>
+      <x:c r="T200" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="S200" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>591687</x:v>
+        <x:v>620026</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>591716</x:v>
+        <x:v>620029</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>591636</x:v>
+        <x:v>620054</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>591671</x:v>
+        <x:v>610760</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>591709</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>591714</x:v>
+        <x:v>610768</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>610714</x:v>
+        <x:v>610769</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>610758</x:v>
+        <x:v>610781</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>610763</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>610766</x:v>
+        <x:v>610787</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>610773</x:v>
+        <x:v>610761</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>610778</x:v>
+        <x:v>610770</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>610779</x:v>
+        <x:v>610780</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>610782</x:v>
+        <x:v>610786</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>610792</x:v>
+        <x:v>610789</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>619910</x:v>
+        <x:v>591686</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>619913</x:v>
+        <x:v>591687</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>619998</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>620019</x:v>
+        <x:v>619918</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>620032</x:v>
+        <x:v>620001</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>620035</x:v>
+        <x:v>620003</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>620040</x:v>
+        <x:v>620011</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>620050</x:v>
+        <x:v>620017</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>591697</x:v>
+        <x:v>620027</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>591715</x:v>
+        <x:v>620030</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>610713</x:v>
+        <x:v>620037</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>610757</x:v>
+        <x:v>620053</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>610762</x:v>
+        <x:v>610711</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>610777</x:v>
+        <x:v>619901</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>610788</x:v>
+        <x:v>619904</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>610790</x:v>
+        <x:v>619906</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>610793</x:v>
+        <x:v>619907</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>619908</x:v>
+        <x:v>619911</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>619912</x:v>
+        <x:v>619991</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>610709</x:v>
+        <x:v>619999</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>591633</x:v>
+        <x:v>620005</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>619984</x:v>
+        <x:v>620006</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>619988</x:v>
+        <x:v>620013</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>619995</x:v>
+        <x:v>620014</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>619996</x:v>
+        <x:v>620022</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>620002</x:v>
+        <x:v>620042</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>620015</x:v>
+        <x:v>620045</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>620021</x:v>
+        <x:v>620046</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>620024</x:v>
+        <x:v>620048</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>620038</x:v>
+        <x:v>591680</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>620041</x:v>
+        <x:v>591681</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>620043</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>620047</x:v>
+        <x:v>619902</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>620049</x:v>
+        <x:v>619903</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S250" s="14" t="n">
+        <x:v>619982</x:v>
+      </x:c>
+      <x:c r="T250" s="16" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U250" s="16" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>620058</x:v>
+        <x:v>619985</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>610776</x:v>
+        <x:v>619986</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>610795</x:v>
+        <x:v>619993</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>610799</x:v>
+        <x:v>619994</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>591679</x:v>
+        <x:v>620004</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>591689</x:v>
+        <x:v>620009</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>619914</x:v>
+        <x:v>620010</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>619915</x:v>
+        <x:v>620012</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>619917</x:v>
+        <x:v>620025</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>619981</x:v>
+        <x:v>620044</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>619987</x:v>
+        <x:v>620057</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>620000</x:v>
+        <x:v>610705</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>620016</x:v>
+        <x:v>610707</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>620028</x:v>
+        <x:v>610710</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>620031</x:v>
+        <x:v>610771</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>620036</x:v>
+        <x:v>610784</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>620056</x:v>
+        <x:v>610794</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>610761</x:v>
+        <x:v>619910</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>610770</x:v>
+        <x:v>619913</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>610780</x:v>
+        <x:v>619998</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>610786</x:v>
+        <x:v>620019</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>610789</x:v>
+        <x:v>620032</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>619918</x:v>
+        <x:v>620035</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>620001</x:v>
+        <x:v>620040</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>620003</x:v>
+        <x:v>620050</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>620011</x:v>
+        <x:v>591697</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>620017</x:v>
+        <x:v>591715</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>620027</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>620030</x:v>
+        <x:v>610757</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>620037</x:v>
+        <x:v>610762</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>620053</x:v>
+        <x:v>610777</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>610760</x:v>
+        <x:v>610788</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>610790</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>610768</x:v>
+        <x:v>610793</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>610769</x:v>
+        <x:v>610714</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>610781</x:v>
+        <x:v>610758</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>610763</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>610787</x:v>
+        <x:v>610766</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>620018</x:v>
+        <x:v>610773</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>620026</x:v>
+        <x:v>610778</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>620029</x:v>
+        <x:v>610779</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>620054</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>619983</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>619989</x:v>
+        <x:v>619983</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>619990</x:v>
+        <x:v>619989</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>619992</x:v>
+        <x:v>619990</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>619997</x:v>
+        <x:v>619992</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>620007</x:v>
+        <x:v>619997</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>620008</x:v>
+        <x:v>620007</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>610711</x:v>
+        <x:v>620008</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>619901</x:v>
+        <x:v>591636</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>619904</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>619906</x:v>
+        <x:v>591709</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>619907</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>619911</x:v>
+        <x:v>619908</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>619991</x:v>
+        <x:v>619912</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>619999</x:v>
+        <x:v>610709</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>620005</x:v>
+        <x:v>591633</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>620006</x:v>
+        <x:v>619984</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>620013</x:v>
+        <x:v>619988</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>620014</x:v>
+        <x:v>619995</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>620022</x:v>
+        <x:v>619996</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>620042</x:v>
+        <x:v>620002</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>620045</x:v>
+        <x:v>620015</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>620046</x:v>
+        <x:v>620021</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>620048</x:v>
+        <x:v>620024</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>610705</x:v>
+        <x:v>620038</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>610707</x:v>
+        <x:v>620041</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>610710</x:v>
+        <x:v>620043</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>610771</x:v>
+        <x:v>620047</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>610784</x:v>
+        <x:v>620049</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>610794</x:v>
+        <x:v>620055</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>591680</x:v>
+        <x:v>620058</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>591681</x:v>
+        <x:v>610776</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>591708</x:v>
+        <x:v>610795</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>591707</x:v>
+        <x:v>610799</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>591719</x:v>
+        <x:v>591679</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>619902</x:v>
+        <x:v>591689</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>619903</x:v>
+        <x:v>619914</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>619982</x:v>
+        <x:v>619915</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>619985</x:v>
+        <x:v>619917</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>619986</x:v>
+        <x:v>619981</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>619993</x:v>
+        <x:v>619987</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>619994</x:v>
+        <x:v>620000</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>620004</x:v>
+        <x:v>620016</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>620009</x:v>
+        <x:v>620028</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>620010</x:v>
+        <x:v>620031</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>620012</x:v>
+        <x:v>620036</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>620025</x:v>
+        <x:v>620056</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>620044</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>620057</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>619905</x:v>
+        <x:v>610706</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>619909</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>619916</x:v>
+        <x:v>610767</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>620020</x:v>
+        <x:v>610772</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>620023</x:v>
+        <x:v>610783</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>620033</x:v>
+        <x:v>619905</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>620034</x:v>
+        <x:v>619909</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>620039</x:v>
+        <x:v>619916</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>620051</x:v>
+        <x:v>620020</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>620052</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>591672</x:v>
+        <x:v>620033</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>610706</x:v>
+        <x:v>620034</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>620039</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>610767</x:v>
+        <x:v>620051</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>610772</x:v>
+        <x:v>620052</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>610783</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -20829,202 +20829,202 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>610774</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>610775</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -21033,136 +21033,136 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>610797</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>36</x:v>
@@ -21248,279 +21248,279 @@
         <x:v>618413</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>585357</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>585357</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>585358</x:v>
+        <x:v>586085</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>586085</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -21795,54 +21795,54 @@
       <x:c r="L379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
@@ -21900,51 +21900,51 @@
       <x:c r="M381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>617970</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
@@ -21955,100 +21955,100 @@
       <x:c r="M382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>584127</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>618260</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
@@ -22258,51 +22258,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>546595</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>38</x:v>
@@ -22318,402 +22318,402 @@
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>605134</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>605132</x:v>
+        <x:v>605402</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>605397</x:v>
+        <x:v>605406</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>605400</x:v>
+        <x:v>605409</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>605406</x:v>
+        <x:v>605412</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>605409</x:v>
+        <x:v>605132</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>605412</x:v>
+        <x:v>605397</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>605402</x:v>
+        <x:v>605400</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>39</x:v>
@@ -22768,100 +22768,100 @@
       <x:c r="L398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>605413</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>604631</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
@@ -22972,103 +22972,103 @@
       <x:c r="L402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>605399</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>605411</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
@@ -23176,54 +23176,54 @@
       <x:c r="L406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>605401</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>39</x:v>