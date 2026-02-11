--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -512,59 +512,59 @@
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traduction et interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>Traduction</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention traduction et interprétation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention histoire</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention traduction et interprétation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Auxiliaire de bibliothèque</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Bibliothécaires de France</x:t>
   </x:si>
   <x:si>
     <x:t>ABF</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Bibliothèque documentation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
@@ -653,72 +653,72 @@
   <x:si>
     <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire de l'art et archéologie parcours histoire de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention philosophie parcours philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction technique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention humanités parcours lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et livre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, cultures et représentations</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention histoire parcours archives, bibliothèques, humanités numériques (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire parcours histoire, la Méditerranée et le monde</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention humanités parcours humanités</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention histoire parcours histoire, la Méditerranée et le monde</x:t>
+    <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et écriture</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention philosophie parcours philosophie pratique</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et humanités parcours spécialisation disciplinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information et médiation scientifique et technique parcours veille technologique et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
   </x:si>
@@ -3701,214 +3701,214 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592381</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>592793</x:v>
+        <x:v>587437</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40740</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>592809</x:v>
+        <x:v>592793</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39280</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>15231</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>587437</x:v>
+        <x:v>592809</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40143</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -4321,51 +4321,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>14201</x:v>
@@ -4486,211 +4486,211 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>597250</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39479</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595408</x:v>
+        <x:v>592579</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>39280</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>15231</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>592088</x:v>
+        <x:v>595408</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40616</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592579</x:v>
+        <x:v>592088</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35364</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5755,167 +5755,167 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>580607</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575728</x:v>
+        <x:v>584135</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>39479</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>575537</x:v>
+        <x:v>584136</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -5930,385 +5930,385 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>580608</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>575726</x:v>
+        <x:v>575728</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40548</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>575780</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>584135</x:v>
+        <x:v>575523</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>584136</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>575523</x:v>
+        <x:v>575726</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>575780</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>170</x:v>
       </x:c>