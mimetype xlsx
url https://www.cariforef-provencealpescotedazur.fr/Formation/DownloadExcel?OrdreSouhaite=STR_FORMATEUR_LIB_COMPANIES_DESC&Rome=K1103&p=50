--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -254,62 +254,62 @@
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Massage californien et/ou suédois</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Massage thaïlandais</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage bien-être femme enceinte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage sonore aux bols chantants tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage bien-être femme enceinte</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Massage amma assis standard</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court - Ressources</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
@@ -662,74 +662,74 @@
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
   <x:si>
+    <x:t>Forme et Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madéro'fit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Oriental</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
-    <x:t>Forme et Minceur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -917,125 +917,125 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Quantesens Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Enseignant , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Consultant (three in one concepts)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur yoga séniors sur chaise</x:t>
   </x:si>
   <x:si>
     <x:t>Purnata Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>83260</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>LA CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Professeur de Hatha Yoga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
-    <x:t>01/25/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Professeur de Hatha Yoga</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Profac</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
@@ -1076,80 +1076,80 @@
   <x:si>
     <x:t>11/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sportif</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en art thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patricia Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Patricia Benoît</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en art thérapie</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie premium</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
@@ -1619,68 +1619,68 @@
   <x:si>
     <x:t>03/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Interagir avec le théâtre forum</x:t>
   </x:si>
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir Sophrologue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hippocratus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>Hippocratus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Devenir Sophrologue</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
@@ -1781,74 +1781,74 @@
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert praticien en thérapies naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Inductions hypnotiques rapides</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Evolution et Synergie</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>30130</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fit Studio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAMATUELLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Garuda module Garuda Sling</x:t>
   </x:si>
   <x:si>
-    <x:t>Fit Studio</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Apparatus A</x:t>
   </x:si>
   <x:si>
-    <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module d'origine et one to one</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
@@ -1925,80 +1925,80 @@
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie auriculaire</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Acupression du ventre et du dos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage bien-être crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Massage énergétique crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Acupression du ventre et du dos</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Réflexologie plantaire Zu Dan</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire traditionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
@@ -2027,92 +2027,92 @@
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapeute holistique spécialisé en gestion du stress</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aromathérapie énergétique et vibratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Olfactothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phytothérapie gemmothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Olfactothérapie</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
+    <x:t>Magnétisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
-    <x:t>Magnétisme</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
@@ -2282,179 +2282,179 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
+    <x:t>Sophrotherapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sophro-analyse et mouvements oculaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sophrologie et sophro-analyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophrotherapie</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Pratique des fondamentaux de la Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie visage et corps</x:t>
   </x:si>
   <x:si>
     <x:t>Dubarry Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LE CANNET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être Suédois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Head spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/18/2026 00:00:00</x:t>
-[...26 lines deleted...]
-    <x:t>03/03/2026 00:00:00</x:t>
+    <x:t>Spa Prestige aux graines d'entada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Spa Prestige aux graines d'entada</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage bien-être avec ventouses</x:t>
   </x:si>
   <x:si>
     <x:t>Daniela Molinari - Institut de Formation Maestria</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Massage Bien-Etre Énergétique </x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
@@ -2762,63 +2762,63 @@
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Cursus complet d'herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>Althea Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>84440</x:t>
   </x:si>
   <x:si>
     <x:t>ROBION</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
+    <x:t>Introduction à l'herbalisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Herboristerie - S'installer en France en tant que praticien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Se former aux plantes médicinales - première partie</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acquérir des compétences en art-thérapie / Danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Alteractifs</x:t>
   </x:si>
   <x:si>
     <x:t>75009</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-DE-GADAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2027 00:00:00</x:t>
   </x:si>
@@ -4669,51 +4669,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>576554</x:v>
+        <x:v>577460</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>34</x:v>
@@ -4722,100 +4722,100 @@
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>577460</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>577475</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>34</x:v>
@@ -4824,51 +4824,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>577505</x:v>
+        <x:v>576554</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
@@ -7800,51 +7800,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>551213</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -7853,51 +7853,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>551217</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
@@ -8009,304 +8009,304 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>546857</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>126</x:v>
-[...1 lines deleted...]
-      <x:c r="C90" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J90" s="14" t="s"/>
+      <x:c r="J90" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>551191</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>551194</x:v>
+        <x:v>551191</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>551205</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>551403</x:v>
+        <x:v>551205</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>608296</x:v>
+        <x:v>551403</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>75</x:v>
@@ -8319,352 +8319,343 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>546860</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>546880</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>551163</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>551185</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>551216</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>176</x:v>
@@ -8673,1162 +8664,1171 @@
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551389</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>551341</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>551389</x:v>
+        <x:v>551410</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C105" s="3" t="s"/>
+      <x:c r="C105" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>551390</x:v>
+        <x:v>546879</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J106" s="14" t="s"/>
+      <x:c r="J106" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>551410</x:v>
+        <x:v>546882</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>546879</x:v>
+        <x:v>546888</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>546882</x:v>
+        <x:v>555359</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>546888</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>555359</x:v>
+        <x:v>551207</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>551161</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>551207</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>551305</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="C114" s="15" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s"/>
+      <x:c r="J114" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>608388</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>551397</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>208</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>608388</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>555357</x:v>
+        <x:v>551304</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>551415</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>551304</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>551405</x:v>
+        <x:v>579985</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>214</x:v>
-[...1 lines deleted...]
-      <x:c r="C121" s="3" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
+      <x:c r="J121" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>551406</x:v>
+        <x:v>608390</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="C122" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C122" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J122" s="14" t="s"/>
+      <x:c r="J122" s="14" t="s">
+        <x:v>184</x:v>
+      </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>579985</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>608390</x:v>
+        <x:v>546880</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -9886,51 +9886,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>551208</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -9988,51 +9988,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>551401</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -10986,119 +10986,119 @@
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15097</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>581327</x:v>
+        <x:v>614466</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>15097</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>614466</x:v>
+        <x:v>581327</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>279</x:v>
@@ -11288,133 +11288,133 @@
         <x:v>299</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>553920</x:v>
+        <x:v>553917</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="U153" s="4" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>553917</x:v>
+        <x:v>553920</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
@@ -12057,282 +12057,282 @@
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>575830</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>612768</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>611917</x:v>
+        <x:v>575830</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="U170" s="16" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>68</x:v>
@@ -12348,78 +12348,78 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
@@ -12439,51 +12439,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
@@ -12503,153 +12503,153 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>611928</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
@@ -12681,77 +12681,77 @@
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
@@ -13523,51 +13523,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>588091</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
@@ -14001,100 +14001,100 @@
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>616422</x:v>
       </x:c>
@@ -14103,100 +14103,100 @@
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>588193</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>588191</x:v>
       </x:c>
@@ -14409,100 +14409,100 @@
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>472361</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>577227</x:v>
       </x:c>
@@ -14511,51 +14511,51 @@
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>529778</x:v>
       </x:c>
@@ -14700,51 +14700,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>557816</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
@@ -14755,51 +14755,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>488540</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
@@ -14807,106 +14807,106 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>490437</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
@@ -14914,51 +14914,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>572417</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
@@ -14969,51 +14969,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>572418</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
@@ -15230,139 +15230,139 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>587282</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>516062</x:v>
+        <x:v>516079</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>516079</x:v>
+        <x:v>516062</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>236</x:v>
@@ -15560,121 +15560,121 @@
       <x:c r="B236" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>571065</x:v>
+        <x:v>574194</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>574194</x:v>
+        <x:v>571065</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
@@ -15691,74 +15691,74 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>571066</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>574195</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
@@ -15831,89 +15831,89 @@
       <x:c r="L241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>548727</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>548353</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
@@ -16020,104 +16020,104 @@
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>574191</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
@@ -16224,66 +16224,66 @@
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>574192</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
@@ -16454,51 +16454,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>590202</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
@@ -16882,51 +16882,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>576857</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
@@ -17044,77 +17044,77 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>576823</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -17258,51 +17258,51 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>597743</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
@@ -17417,80 +17417,80 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>576812</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -17579,132 +17579,132 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>576826</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>576830</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
@@ -18007,77 +18007,77 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>576879</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>617274</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
@@ -18114,51 +18114,51 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>576840</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
@@ -18221,51 +18221,51 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>576863</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
@@ -18526,159 +18526,159 @@
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>586573</x:v>
+        <x:v>586567</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>586581</x:v>
+        <x:v>586573</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>586567</x:v>
+        <x:v>586581</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>75</x:v>
@@ -19039,54 +19039,54 @@
       <x:c r="L302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>616484</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>35</x:v>
@@ -19243,51 +19243,51 @@
       <x:c r="L306" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>602503</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>68</x:v>
@@ -19379,153 +19379,153 @@
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>571122</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>581290</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>587459</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
@@ -19571,285 +19571,285 @@
         <x:v>615222</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>590454</x:v>
+        <x:v>615211</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>615213</x:v>
+        <x:v>590454</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>615214</x:v>
+        <x:v>615213</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="U315" s="4" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>615228</x:v>
+        <x:v>615214</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>615211</x:v>
+        <x:v>615228</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="U317" s="4" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
@@ -20070,51 +20070,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>615219</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
@@ -20213,51 +20213,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>616441</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
@@ -20425,859 +20425,859 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>616458</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>568603</x:v>
+        <x:v>616460</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>616460</x:v>
+        <x:v>616456</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>616456</x:v>
+        <x:v>568603</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>598474</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>598477</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>598396</x:v>
+        <x:v>579680</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>598476</x:v>
+        <x:v>579682</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>598480</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>579681</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>579683</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>598450</x:v>
+        <x:v>579681</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>598457</x:v>
+        <x:v>579683</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>579680</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>665</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>579682</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
@@ -21419,51 +21419,51 @@
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>601894</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
@@ -21472,51 +21472,51 @@
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>601897</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
@@ -21547,51 +21547,51 @@
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>587179</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -21600,51 +21600,51 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
@@ -21702,610 +21702,610 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>617273</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>570661</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>598461</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>598466</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>598469</x:v>
+        <x:v>570661</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>598479</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>598446</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>598451</x:v>
+        <x:v>598469</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>598454</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>598478</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -22541,51 +22541,51 @@
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>601891</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
@@ -22594,51 +22594,51 @@
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>601896</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
@@ -22800,51 +22800,51 @@
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
@@ -22971,51 +22971,51 @@
       <x:c r="L379" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>578993</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
@@ -23073,51 +23073,51 @@
       <x:c r="L381" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>566916</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
@@ -23126,51 +23126,51 @@
       <x:c r="L382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>599044</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>68</x:v>
@@ -23629,100 +23629,100 @@
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>616383</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>616385</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
@@ -23735,100 +23735,100 @@
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>544589</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>604520</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
@@ -23837,508 +23837,508 @@
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>616384</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>598378</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>739</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>598379</x:v>
+        <x:v>575157</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>700</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>579208</x:v>
+        <x:v>575160</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>575157</x:v>
+        <x:v>578782</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>575160</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>578782</x:v>
+        <x:v>598378</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>598379</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>602501</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>551477</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
@@ -24347,100 +24347,100 @@
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>602499</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>602500</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
@@ -24449,100 +24449,100 @@
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>551478</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>656</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>551479</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
@@ -24551,100 +24551,100 @@
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>602498</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>602502</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
@@ -24679,655 +24679,655 @@
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>615125</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>586750</x:v>
+        <x:v>588039</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="U413" s="4" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>586743</x:v>
+        <x:v>617155</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>600431</x:v>
+        <x:v>586743</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>587347</x:v>
+        <x:v>600431</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>770</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>42001</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>615123</x:v>
+        <x:v>587347</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>772</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>586748</x:v>
+        <x:v>615123</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>615124</x:v>
+        <x:v>586748</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>617092</x:v>
+        <x:v>586738</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>588039</x:v>
+        <x:v>586750</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>617155</x:v>
+        <x:v>586749</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>586749</x:v>
+        <x:v>617092</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>586738</x:v>
+        <x:v>615124</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>35</x:v>
@@ -25907,51 +25907,51 @@
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>614993</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>821</x:v>
@@ -26165,51 +26165,51 @@
       <x:c r="L441" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>587882</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
@@ -26267,51 +26267,51 @@
       <x:c r="L443" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>587881</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
@@ -27400,104 +27400,104 @@
       <x:c r="L465" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>771</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>68</x:v>
@@ -27558,51 +27558,51 @@
       <x:c r="M468" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>579932</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>75</x:v>
@@ -27819,145 +27819,145 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>580509</x:v>
+        <x:v>579942</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>579942</x:v>
+        <x:v>580509</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>884</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
@@ -28125,132 +28125,132 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
@@ -28265,69 +28265,69 @@
       <x:c r="G482" s="14" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>428251</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
@@ -28385,199 +28385,199 @@
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>616356</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>616121</x:v>
+        <x:v>610203</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>610203</x:v>
+        <x:v>590127</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>590127</x:v>
+        <x:v>616121</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>901</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
@@ -28740,51 +28740,51 @@
       <x:c r="M491" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>520570</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>91</x:v>
       </x:c>