--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -680,164 +680,164 @@
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours en Santé Mentale</x:t>
   </x:si>
   <x:si>
     <x:t>Infipp</x:t>
   </x:si>
   <x:si>
     <x:t>69120</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/21/2026 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Gérontopraticien (SCBE)</x:t>
   </x:si>
   <x:si>
     <x:t>Hantone</x:t>
   </x:si>
   <x:si>
     <x:t>10410</x:t>
   </x:si>
   <x:si>
     <x:t>Gérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours en Santé Mentale - PSSM</x:t>
   </x:si>
   <x:si>
     <x:t>François Maheu - Formation Médiation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>FMC</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Santé mentale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/09/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Réflexologie auriculaire</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acupression du ventre et du dos</x:t>
@@ -872,134 +872,134 @@
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : gestion de la douleur</x:t>
   </x:si>
   <x:si>
     <x:t>Edi Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06220</x:t>
   </x:si>
   <x:si>
     <x:t>Psychiatrie</x:t>
   </x:si>
   <x:si>
     <x:t>VALLAURIS</x:t>
   </x:si>
   <x:si>
+    <x:t>Autisme, TSA : Troubles alimentaires, évaluation et intervention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : ABA - Analyse Béhaviorale Appliquée ou comment enseigner à un très jeune enfant</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autisme, TSA : Troubles alimentaires, évaluation et intervention</x:t>
-[...14 lines deleted...]
-    <x:t>12/11/2026 00:00:00</x:t>
+    <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Zhong Li</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Zhong Li</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bases en neurosciences appliquées à l’accompagnement thérapeutique</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
@@ -1010,129 +1010,129 @@
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Formateur , Particulier, individuel , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>Neurologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Marcelle</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Prestataire de Services et Distributeur de Matériels (PSDM) garant non professionnel de santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aster Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAMBOIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prestataire de Services et Distributeur de Matériels (PSDM) Garant professionnel de santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Aster Développement</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Prestataires de services et distributeurs de matériel (PSDM) - intervenants</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement de la fin de vie à domicile - soins palliatifs</x:t>
   </x:si>
   <x:si>
     <x:t>Amn Conseil et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Soin palliatif</x:t>
   </x:si>
   <x:si>
     <x:t>DU Réfraction complexe</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Ophtalmologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIU Médecine esthétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dermatologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme interuniversitaire pour l'éducation à la santé sexuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Sexologie</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Imagerie préclinique in vivo pour la R et D</x:t>
   </x:si>
   <x:si>
     <x:t>Imagerie médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -4163,100 +4163,100 @@
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>606679</x:v>
+        <x:v>606685</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>606683</x:v>
+        <x:v>606681</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>201</x:v>
@@ -4265,100 +4265,100 @@
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>606686</x:v>
+        <x:v>614478</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>614478</x:v>
+        <x:v>606684</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>201</x:v>
@@ -4367,153 +4367,153 @@
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>606681</x:v>
+        <x:v>606679</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>606685</x:v>
+        <x:v>606683</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606684</x:v>
+        <x:v>606686</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
@@ -4573,51 +4573,51 @@
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>614415</x:v>
+        <x:v>614424</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>226</x:v>
@@ -4625,51 +4625,51 @@
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>614424</x:v>
+        <x:v>614408</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -4680,51 +4680,51 @@
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>614420</x:v>
+        <x:v>614402</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>226</x:v>
@@ -4732,51 +4732,51 @@
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>614428</x:v>
+        <x:v>614420</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -4787,158 +4787,158 @@
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>614410</x:v>
+        <x:v>614428</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>614408</x:v>
+        <x:v>614410</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43431</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>614402</x:v>
+        <x:v>614415</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>244</x:v>
@@ -5002,51 +5002,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>615211</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>36</x:v>
@@ -5095,54 +5095,54 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598449</x:v>
+        <x:v>598448</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>244</x:v>
@@ -5299,54 +5299,54 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>598448</x:v>
+        <x:v>598449</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
@@ -5354,719 +5354,719 @@
       <x:c r="L73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>584832</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>584835</x:v>
+        <x:v>584837</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>584919</x:v>
+        <x:v>584838</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>584833</x:v>
+        <x:v>584836</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>584909</x:v>
+        <x:v>584833</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>584834</x:v>
+        <x:v>584835</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>584836</x:v>
+        <x:v>584919</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>584837</x:v>
+        <x:v>584909</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>584838</x:v>
+        <x:v>584834</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>603033</x:v>
+        <x:v>578993</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>603040</x:v>
+        <x:v>566916</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="U83" s="4" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>566916</x:v>
+        <x:v>566910</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>578993</x:v>
+        <x:v>603040</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>566910</x:v>
+        <x:v>603033</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
@@ -6225,106 +6225,106 @@
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>609519</x:v>
+        <x:v>609520</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>609520</x:v>
+        <x:v>609519</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
@@ -6468,179 +6468,179 @@
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>616348</x:v>
+        <x:v>568023</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>43089</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>603548</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>43089</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>568023</x:v>
+        <x:v>616348</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>