--- v1 (2026-02-11)
+++ v2 (2026-02-11)
@@ -215,98 +215,98 @@
   <x:si>
     <x:t>Logiciel Illustrator</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Procreate Illustrer pour l’édition livres magazines</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Procreate maîtrise complète (fondamentaux + perfectionnement)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>Affinity photo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symfony - Développement web moderne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framework Symfony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illustrator blended learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procreate perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>InDesign maîtrise complète</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel InDesign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bootstrap 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framework Bootstrap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>InDesign blended learning</x:t>
+  </x:si>
+  <x:si>
     <x:t>SketchUp avec Twinmotion pour l’animation architecturale</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel SketchUp</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Illustrator blended learning</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>UX Design spécialisation utilisateur et architecture de l’information</x:t>
   </x:si>
   <x:si>
     <x:t>Design expérience utilisateur</x:t>
   </x:si>
   <x:si>
     <x:t>Photoshop blended learning</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Photoshop</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
@@ -1004,59 +1004,59 @@
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert du design numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste motion designer</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste motion designer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Concepteur webdesigner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert du design numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Concepteur webdesigner</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
@@ -1361,206 +1361,206 @@
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Canva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acting jeu caméra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WordPress perfectionnement - Customisation de thèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zbrush : sculpture numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Audition Intégrer et corriger du son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel montage son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graphiste webdesigner UI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graphisme publicité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiation mise en scène intimité</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Prestashop administrateur</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Prestashop</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/25/2026 00:00:00</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Graphiste webdesigner UI</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/09/2025 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>04/22/2026 00:00:00</x:t>
+    <x:t>Assistant web et marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur réalisateur web et digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant web et marketing (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DN MADE mention graphisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Joseph les Maristes</x:t>
+  </x:si>
+  <x:si>
     <x:t>DN MADE mention numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée St-Joseph les Maristes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Jeu vidéo</x:t>
   </x:si>
   <x:si>
-    <x:t>DN MADE mention graphisme</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire aux études supérieures - Classe d'approfondissement en arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée R Goscinny</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>DRAP</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur des arts appliqués</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin mode</x:t>
@@ -1793,110 +1793,110 @@
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'équipe technique de cinéma (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Ktm Campus</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Infographie et mise en page - module 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Infographie et mise en page - module 1</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Infographie et mise en page - module 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Conception designer UI - module 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>llustrator - Niveau 1 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Niveaux 1 et 2 - Initiation et intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel PowerPoint</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>After Effects CC 2022 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro - Les essentiels</x:t>
   </x:si>
   <x:si>
-    <x:t>Conception designer UI - module 3</x:t>
-[...2 lines deleted...]
-    <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
+    <x:t>Itecom Art Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>designer numérique</x:t>
   </x:si>
   <x:si>
     <x:t>expert du design numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>Itecom Art Design</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'études supérieures en film d'animation</x:t>
   </x:si>
   <x:si>
     <x:t>ESRA Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>ISTS</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets digitaux en UX design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
@@ -2408,50 +2408,56 @@
   <x:si>
     <x:t>Design thinking</x:t>
   </x:si>
   <x:si>
     <x:t>e-artsup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Delivery Digital Nice</x:t>
   </x:si>
   <x:si>
     <x:t>DDN</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel infographiste metteur en page</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Profil numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
@@ -2483,68 +2489,62 @@
   <x:si>
     <x:t>Blender Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel image synthèse</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Dac Itecom</x:t>
   </x:si>
   <x:si>
     <x:t>Designer numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Designer numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Designer numérique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Assistant réalisateur</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Créez l'identité visuelle de votre marque avec Canva</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
@@ -2555,62 +2555,62 @@
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur intégrateur de solutions intranet/internet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Ceytyxia</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>Profil numérique - Développer des compétences numériques pour les entreprises agricoles et agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
@@ -2639,71 +2639,71 @@
   <x:si>
     <x:t>Prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>ANCELLE</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>B.Factory School</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
-    <x:t>04/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>LE LUC EN PROVENCE</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>Créer son site internet avec Wordpress</x:t>
@@ -2795,54 +2795,54 @@
   <x:si>
     <x:t>Expert en création digitale spécialisation technologies et expériences immersives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer d'images animées et immersives spécialisation 3D et technologies immersives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation design UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation motion design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Audiovisuel - 1ère année</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique avec IA : Brand design et Motion Design (Apprentissage)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en animation 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation UX-UI et IA pour le design d'interface (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
@@ -3766,182 +3766,182 @@
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>609708</x:v>
+        <x:v>606821</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>612470</x:v>
+        <x:v>613022</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>612469</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
@@ -3950,1007 +3950,1007 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>609017</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>606821</x:v>
+        <x:v>612470</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>71910</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>613022</x:v>
+        <x:v>614720</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>614720</x:v>
+        <x:v>614721</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>614721</x:v>
+        <x:v>612663</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>71904</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>612663</x:v>
+        <x:v>608218</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>71904</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>608218</x:v>
+        <x:v>614719</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>71123</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>614719</x:v>
+        <x:v>613023</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>71910</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>613023</x:v>
+        <x:v>609709</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>609709</x:v>
+        <x:v>614718</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>46370</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>614718</x:v>
+        <x:v>613045</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46370</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>613045</x:v>
+        <x:v>613046</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>46370</x:v>
+        <x:v>71904</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>613046</x:v>
+        <x:v>608215</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>71904</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>608215</x:v>
+        <x:v>609010</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>609010</x:v>
+        <x:v>609011</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>609011</x:v>
+        <x:v>606816</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71133</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>606816</x:v>
+        <x:v>614949</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>614949</x:v>
+        <x:v>614950</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>71133</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>614950</x:v>
+        <x:v>609018</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>609018</x:v>
+        <x:v>609708</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -5964,199 +5964,199 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>559254</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="J49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>578771</x:v>
+        <x:v>613707</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>613707</x:v>
+        <x:v>613710</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="C51" s="3" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>613710</x:v>
+        <x:v>578771</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -7973,51 +7973,51 @@
         <x:v>184</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>592833</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -8132,51 +8132,51 @@
         <x:v>193</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>549697</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8191,51 +8191,51 @@
       <x:c r="C88" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>549710</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8304,51 +8304,51 @@
       <x:c r="C90" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>605070</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -8361,51 +8361,51 @@
         <x:v>206</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>605072</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -8420,51 +8420,51 @@
       <x:c r="C92" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>549698</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -8477,51 +8477,51 @@
         <x:v>210</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>549712</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8536,51 +8536,51 @@
       <x:c r="C94" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>549699</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8638,51 +8638,51 @@
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>616470</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -8695,51 +8695,51 @@
         <x:v>215</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>549694</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8754,51 +8754,51 @@
       <x:c r="C98" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>549695</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8811,51 +8811,51 @@
         <x:v>193</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>549696</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -8870,51 +8870,51 @@
       <x:c r="C100" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>549700</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -8927,51 +8927,51 @@
         <x:v>217</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>549701</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -8986,51 +8986,51 @@
       <x:c r="C102" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>549711</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -9093,51 +9093,51 @@
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>590574</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -9453,51 +9453,51 @@
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>568777</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -9506,100 +9506,100 @@
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>568774</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>568775</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -9608,100 +9608,100 @@
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>568138</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>568145</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -9710,100 +9710,100 @@
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>568776</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>568139</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -9812,100 +9812,100 @@
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>568142</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>568144</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -9914,100 +9914,100 @@
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>568773</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>568778</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -10016,51 +10016,51 @@
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>568141</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -10129,51 +10129,51 @@
       <x:c r="C124" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>602176</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -10186,72 +10186,72 @@
         <x:v>252</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>547284</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
@@ -11065,227 +11065,227 @@
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>603879</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>603902</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>615301</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>603910</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -11706,100 +11706,100 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554158</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>509358</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11938,51 +11938,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>554151</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31090</x:v>
@@ -11992,51 +11992,51 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>547240</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>39</x:v>
@@ -12106,326 +12106,326 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601665</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>34403</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>554153</x:v>
+        <x:v>554132</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>601661</x:v>
+        <x:v>601660</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>34403</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>46347</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>554132</x:v>
+        <x:v>601661</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>601660</x:v>
+        <x:v>509358</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38143</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>547221</x:v>
+        <x:v>547196</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -12568,94 +12568,94 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>554142</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>547196</x:v>
+        <x:v>547221</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
@@ -13155,351 +13155,351 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>567241</x:v>
+        <x:v>567237</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>567237</x:v>
+        <x:v>571756</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>571756</x:v>
+        <x:v>567236</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>567236</x:v>
+        <x:v>571755</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>571755</x:v>
+        <x:v>567240</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>567240</x:v>
+        <x:v>567241</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
@@ -13916,51 +13916,51 @@
       <x:c r="C192" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>590774</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -13970,51 +13970,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>590732</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -14029,51 +14029,51 @@
       <x:c r="C194" s="15" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>614354</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
@@ -14086,51 +14086,51 @@
         <x:v>365</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>614353</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
@@ -14143,51 +14143,51 @@
         <x:v>370</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>590734</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -14197,51 +14197,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>581285</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -14254,100 +14254,100 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>584267</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>577982</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14356,100 +14356,100 @@
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>577984</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>577985</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
@@ -14507,51 +14507,51 @@
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31068</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>576441</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -14725,51 +14725,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>584756</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14827,51 +14827,51 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>577832</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14880,100 +14880,100 @@
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>576516</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>576559</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -15031,51 +15031,51 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>582059</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -15084,100 +15084,100 @@
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>576697</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>576699</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
@@ -15186,51 +15186,51 @@
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>576700</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -15240,51 +15240,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>584767</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
@@ -15293,100 +15293,100 @@
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31068</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>576443</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -15395,100 +15395,100 @@
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>576557</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>582058</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -15497,51 +15497,51 @@
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>585515</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -15662,51 +15662,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>581282</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
@@ -15719,51 +15719,51 @@
         <x:v>418</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>581315</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
@@ -15879,51 +15879,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>581310</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
@@ -15936,51 +15936,51 @@
         <x:v>423</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>581312</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
@@ -15990,51 +15990,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>584763</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
@@ -16075,2533 +16075,2533 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>577971</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>576583</x:v>
+        <x:v>576454</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>576585</x:v>
+        <x:v>576382</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>375</x:v>
-[...1 lines deleted...]
-      <x:c r="C235" s="3" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>577983</x:v>
+        <x:v>584769</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>433</x:v>
-[...1 lines deleted...]
-      <x:c r="C236" s="15" t="s"/>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J236" s="14" t="s"/>
+      <x:c r="J236" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>70711</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>578077</x:v>
+        <x:v>585495</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>584765</x:v>
+        <x:v>585504</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>437</x:v>
-[...1 lines deleted...]
-      <x:c r="C238" s="15" t="s"/>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J238" s="14" t="s"/>
+      <x:c r="J238" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>72730</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>576393</x:v>
+        <x:v>581313</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>577077</x:v>
+        <x:v>586273</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>577081</x:v>
+        <x:v>577967</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>577110</x:v>
+        <x:v>577968</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>581280</x:v>
+        <x:v>576556</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>72730</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>581281</x:v>
+        <x:v>576391</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>423</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>581311</x:v>
+        <x:v>576444</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>416</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J245" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>72730</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>584783</x:v>
+        <x:v>576392</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>576454</x:v>
+        <x:v>576698</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>576382</x:v>
+        <x:v>576701</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>72730</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>584769</x:v>
+        <x:v>576393</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>585495</x:v>
+        <x:v>584783</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>452</x:v>
-[...1 lines deleted...]
-      <x:c r="C250" s="15" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J250" s="14" t="s"/>
+      <x:c r="J250" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>585504</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="C251" s="3" t="s"/>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>586273</x:v>
+        <x:v>581311</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J252" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>581313</x:v>
+        <x:v>577077</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>576556</x:v>
+        <x:v>577081</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>72710</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>577967</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>72710</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>577968</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>72730</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>576391</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>31068</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>576444</x:v>
+        <x:v>577983</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>72730</x:v>
+        <x:v>70711</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>576392</x:v>
+        <x:v>578077</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>399</x:v>
-[...1 lines deleted...]
-      <x:c r="C259" s="3" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C259" s="3" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J259" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>582060</x:v>
+        <x:v>581280</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>402</x:v>
-[...1 lines deleted...]
-      <x:c r="C260" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C260" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J260" s="14" t="s"/>
+      <x:c r="J260" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>576698</x:v>
+        <x:v>584765</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>46090</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>576701</x:v>
+        <x:v>582060</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>576558</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C263" s="3" t="s"/>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J263" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>576396</x:v>
+        <x:v>585494</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>31068</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>576439</x:v>
+        <x:v>577075</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>31068</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>576442</x:v>
+        <x:v>577083</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>382</x:v>
-[...1 lines deleted...]
-      <x:c r="C266" s="15" t="s"/>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C266" s="15" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J266" s="14" t="s"/>
+      <x:c r="J266" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>31068</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>576445</x:v>
+        <x:v>581284</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>585494</x:v>
+        <x:v>581314</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>371</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>581284</x:v>
+        <x:v>576396</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J269" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>581314</x:v>
+        <x:v>576439</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>577075</x:v>
+        <x:v>576442</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>577083</x:v>
+        <x:v>576445</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>37816</x:v>
+        <x:v>38472</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>534878</x:v>
+        <x:v>608564</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>514673</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>38472</x:v>
+        <x:v>37816</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>550653</x:v>
+        <x:v>534878</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>608564</x:v>
+        <x:v>550653</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>550740</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>550739</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>36949</x:v>
+        <x:v>36943</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>46251</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>595865</x:v>
+        <x:v>595594</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>36943</x:v>
+        <x:v>36949</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46251</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>595594</x:v>
+        <x:v>595865</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>195</x:v>
@@ -18624,105 +18624,105 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>595143</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>36949</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>595864</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>39</x:v>
@@ -18789,51 +18789,51 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>592520</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>39</x:v>
@@ -18846,51 +18846,51 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>595589</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>46081</x:v>
@@ -19233,51 +19233,51 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>595600</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>39</x:v>
@@ -19290,51 +19290,51 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>595592</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>46081</x:v>
@@ -20601,54 +20601,54 @@
       <x:c r="L316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>46327</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>600980</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
@@ -20834,1149 +20834,1148 @@
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>603519</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>542265</x:v>
+        <x:v>542297</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>542297</x:v>
+        <x:v>542265</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>542298</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>542266</x:v>
+        <x:v>542267</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>542291</x:v>
+        <x:v>542292</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>542293</x:v>
+        <x:v>542266</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>542291</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>542299</x:v>
+        <x:v>542293</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>71130</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>542238</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>542424</x:v>
+        <x:v>542299</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>71130</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>542267</x:v>
+        <x:v>542238</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>542292</x:v>
+        <x:v>542424</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>592395</x:v>
+        <x:v>596740</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>597126</x:v>
+        <x:v>597202</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>596740</x:v>
+        <x:v>592191</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>38143</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>597202</x:v>
+        <x:v>597125</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="J337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>596741</x:v>
+        <x:v>595388</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>39764</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>592191</x:v>
+        <x:v>596741</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>597125</x:v>
+        <x:v>597201</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>351</x:v>
-[...1 lines deleted...]
-      <x:c r="C340" s="15" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C340" s="15" t="n">
+        <x:v>37662</x:v>
+      </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="J340" s="14" t="s"/>
+      <x:c r="J340" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>595388</x:v>
+        <x:v>597126</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>597201</x:v>
+        <x:v>592395</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>41244</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -22488,51 +22487,51 @@
         <x:v>611</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>590123</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -22547,51 +22546,51 @@
       <x:c r="C352" s="15" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>590122</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -22955,51 +22954,51 @@
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>602578</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -23086,119 +23085,119 @@
       <x:c r="J361" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>608140</x:v>
+        <x:v>588400</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>588400</x:v>
+        <x:v>608140</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>628</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -23776,51 +23775,51 @@
         <x:v>638</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>550893</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -23835,224 +23834,224 @@
       <x:c r="C374" s="15" t="n">
         <x:v>39855</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>579363</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>550925</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>34345</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>534832</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>39605</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>550892</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
@@ -24067,129 +24066,129 @@
       <x:c r="C378" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>550924</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>34403</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>534936</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
@@ -24235,51 +24234,51 @@
         <x:v>96</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>592832</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -24432,51 +24431,51 @@
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>574456</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -25775,51 +25774,51 @@
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>614323</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
@@ -25920,255 +25919,255 @@
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>611402</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>611379</x:v>
+        <x:v>614329</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>614329</x:v>
+        <x:v>611379</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>688</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>614335</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>614330</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -26183,51 +26182,51 @@
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>580320</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
@@ -27652,150 +27651,149 @@
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>592555</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>565</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J443" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>597139</x:v>
+        <x:v>592800</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>732</x:v>
-[...1 lines deleted...]
-      <x:c r="C444" s="15" t="s"/>
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C444" s="15" t="n">
+        <x:v>37817</x:v>
+      </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J444" s="14" t="s"/>
+      <x:c r="J444" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>592800</x:v>
+        <x:v>597139</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39367</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -28441,51 +28439,51 @@
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>596998</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
@@ -28552,51 +28550,51 @@
         <x:v>36744</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>596809</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
@@ -29215,51 +29213,51 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>516849</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -29274,51 +29272,51 @@
       <x:c r="C472" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>516867</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -29326,1582 +29324,1579 @@
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>517855</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
-      <x:c r="E474" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E474" s="14" t="s"/>
+      <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>782</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>784</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>786</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>583932</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>583931</x:v>
+        <x:v>583932</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
-      <x:c r="F476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="F476" s="14" t="s">
+        <x:v>783</x:v>
+      </x:c>
       <x:c r="G476" s="14" t="s">
-        <x:v>791</x:v>
-[...1 lines deleted...]
-      <x:c r="H476" s="14" t="s"/>
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s">
+        <x:v>785</x:v>
+      </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>792</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>505621</x:v>
+        <x:v>583931</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>792</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>587731</x:v>
+        <x:v>505621</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>796</x:v>
-[...1 lines deleted...]
-      <x:c r="C478" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C478" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>792</x:v>
-[...1 lines deleted...]
-      <x:c r="J478" s="14" t="s"/>
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="J478" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>71140</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>505743</x:v>
+        <x:v>587731</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>798</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>71140</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>505740</x:v>
+        <x:v>505743</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>798</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>71140</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>799</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>505620</x:v>
+        <x:v>505740</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>794</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>792</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>792</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>566725</x:v>
+        <x:v>505620</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>601680</x:v>
+        <x:v>566725</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>36443</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>451882</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>36443</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s"/>
+      <x:c r="E484" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>578910</x:v>
+        <x:v>451882</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>39764</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
-      <x:c r="E485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>554172</x:v>
+        <x:v>578910</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>614347</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>554177</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>584120</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>601674</x:v>
+        <x:v>554172</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>601675</x:v>
+        <x:v>601674</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>39764</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>601679</x:v>
+        <x:v>601675</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>508293</x:v>
+        <x:v>601679</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>554165</x:v>
+        <x:v>508293</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>601681</x:v>
+        <x:v>554165</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>554178</x:v>
+        <x:v>601681</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>554162</x:v>
+        <x:v>554178</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>601684</x:v>
+        <x:v>554162</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>391</x:v>
-[...1 lines deleted...]
-      <x:c r="C498" s="15" t="s"/>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C498" s="15" t="n">
+        <x:v>39855</x:v>
+      </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s"/>
+      <x:c r="E498" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="J498" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="J498" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>608286</x:v>
+        <x:v>601684</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>608285</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>809</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>611531</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>815</x:v>
@@ -31175,164 +31170,164 @@
       <x:c r="K506" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>612448</x:v>
+        <x:v>612449</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>612449</x:v>
+        <x:v>612456</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>612456</x:v>
+        <x:v>612448</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>101</x:v>
@@ -31522,100 +31517,103 @@
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>608306</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
+      <x:c r="E513" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>614723</x:v>
+        <x:v>608305</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="U513" s="4" t="s">
         <x:v>829</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
@@ -31624,114 +31622,111 @@
       <x:c r="K514" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>608305</x:v>
+        <x:v>569997</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>831</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
-      <x:c r="E515" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>569997</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31859,54 +31854,54 @@
       <x:c r="L518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>608302</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -32117,87 +32112,87 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>498663</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>583532</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
@@ -32293,51 +32288,51 @@
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>588159</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -32493,3564 +32488,3564 @@
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>606184</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>616598</x:v>
+        <x:v>605288</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>616636</x:v>
+        <x:v>605301</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>616651</x:v>
+        <x:v>605309</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>616653</x:v>
+        <x:v>605323</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>616667</x:v>
+        <x:v>605328</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>616672</x:v>
+        <x:v>616655</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="S536" s="14" t="n">
+        <x:v>616658</x:v>
+      </x:c>
+      <x:c r="T536" s="16" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="U536" s="16" t="s">
         <x:v>858</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>605329</x:v>
+        <x:v>616661</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>605288</x:v>
+        <x:v>616663</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>605301</x:v>
+        <x:v>616597</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>605309</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>605323</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>605328</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>616597</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>616655</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>616658</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>616661</x:v>
+        <x:v>605299</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>616663</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>616594</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>616638</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>616650</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>605325</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>605327</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>605287</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>605295</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>605317</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>605320</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>616669</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>605298</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>605304</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>605307</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>605313</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C562" s="15" t="s"/>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s"/>
       <x:c r="K562" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>605316</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>605319</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>616595</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>616637</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>616668</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>616660</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>616666</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>616671</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>605326</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>605306</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>605318</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>605321</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>616593</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>616596</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>616640</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>616654</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>616656</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>616657</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>616659</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>616662</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>616665</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>616670</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>605279</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>605290</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>605310</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>605315</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>605332</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>616592</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>616652</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>605285</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s"/>
       <x:c r="K592" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>861</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>605291</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>605293</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C594" s="15" t="s"/>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s"/>
       <x:c r="K594" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>605294</x:v>
+        <x:v>605293</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>605308</x:v>
+        <x:v>605294</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>870</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>605311</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>605314</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>39</x:v>
@@ -36116,68 +36111,68 @@
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>506855</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>583433</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -36244,110 +36239,110 @@
       </x:c>
       <x:c r="C603" s="3" t="s"/>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>591418</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="I604" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>599347</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
@@ -36360,51 +36355,51 @@
       <x:c r="G605" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>614624</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
@@ -36755,51 +36750,51 @@
       <x:c r="C612" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>604995</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -36812,51 +36807,51 @@
         <x:v>900</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>604996</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -36871,51 +36866,51 @@
       <x:c r="C614" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>549748</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -36928,51 +36923,51 @@
         <x:v>218</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>549750</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -36987,51 +36982,51 @@
       <x:c r="C616" s="15" t="n">
         <x:v>38518</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>605045</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -37100,51 +37095,51 @@
       <x:c r="C618" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>549725</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -37157,51 +37152,51 @@
         <x:v>215</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>549727</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -37267,51 +37262,51 @@
         <x:v>904</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>549719</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -37326,51 +37321,51 @@
       <x:c r="C622" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>549722</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>906</x:v>
       </x:c>
@@ -37383,51 +37378,51 @@
         <x:v>216</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>549728</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -37442,51 +37437,51 @@
       <x:c r="C624" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>549724</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -37550,224 +37545,224 @@
       <x:c r="C626" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>604989</x:v>
+        <x:v>549746</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>549746</x:v>
+        <x:v>549751</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>549751</x:v>
+        <x:v>604989</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>549749</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -37974,335 +37969,334 @@
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>606170</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>911</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
-      <x:c r="E634" s="14" t="s"/>
+      <x:c r="E634" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>537296</x:v>
+        <x:v>549747</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
-      <x:c r="E635" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>549747</x:v>
+        <x:v>537296</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>549723</x:v>
+        <x:v>549720</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>35541</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>549720</x:v>
+        <x:v>604994</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>912</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>39092</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>604994</x:v>
+        <x:v>549723</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -38315,51 +38309,51 @@
       <x:c r="M639" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>575794</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
@@ -38374,51 +38368,51 @@
       <x:c r="M640" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>575795</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -38431,51 +38425,51 @@
       <x:c r="M641" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>575797</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
@@ -38490,51 +38484,51 @@
       <x:c r="M642" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>575796</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -38547,51 +38541,51 @@
       <x:c r="M643" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>575984</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="C644" s="15" t="s"/>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s"/>
       <x:c r="K644" s="14" t="s">
         <x:v>25</x:v>
@@ -38602,105 +38596,105 @@
       <x:c r="M644" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>46217</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>578190</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>572511</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -38713,51 +38707,51 @@
       <x:c r="M646" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>601110</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -38767,51 +38761,51 @@
       <x:c r="M647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>601111</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -38878,51 +38872,51 @@
       <x:c r="M649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>572510</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -38935,105 +38929,105 @@
       <x:c r="M650" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>572513</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>601114</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -39046,51 +39040,51 @@
       <x:c r="M652" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>601117</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -39211,213 +39205,213 @@
       <x:c r="M655" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>572509</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>926</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>616375</x:v>
+        <x:v>601115</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>927</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
-        <x:v>615570</x:v>
+        <x:v>616375</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>928</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>929</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K658" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
-        <x:v>615573</x:v>
+        <x:v>615572</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
@@ -39427,108 +39421,108 @@
       <x:c r="K659" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
-        <x:v>601115</x:v>
+        <x:v>572512</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
-        <x:v>615572</x:v>
+        <x:v>615570</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
@@ -39538,57 +39532,57 @@
       <x:c r="K661" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
-        <x:v>572512</x:v>
+        <x:v>615573</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s"/>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -39655,51 +39649,51 @@
       <x:c r="M663" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>602833</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C664" s="15" t="s"/>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s"/>
       <x:c r="K664" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
@@ -39757,51 +39751,51 @@
       <x:c r="M665" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>556172</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
@@ -39810,51 +39804,51 @@
       <x:c r="M666" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>556173</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>39</x:v>
@@ -39912,51 +39906,51 @@
       <x:c r="M668" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>556174</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C669" s="3" t="s"/>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>39</x:v>