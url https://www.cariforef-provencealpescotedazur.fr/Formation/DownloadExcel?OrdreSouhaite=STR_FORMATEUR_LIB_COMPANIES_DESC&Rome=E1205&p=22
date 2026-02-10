--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -1004,59 +1004,59 @@
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert du design numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste motion designer</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste motion designer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Concepteur webdesigner</x:t>
   </x:si>
   <x:si>
     <x:t>Expert du design numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
@@ -1118,62 +1118,62 @@
   <x:si>
     <x:t>Arts graphiques Illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Mjm Graphic Design Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur UI et webdesign</x:t>
   </x:si>
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste multimédia</x:t>
   </x:si>
   <x:si>
+    <x:t>illustration et art digital</x:t>
+  </x:si>
+  <x:si>
     <x:t>réalisateur 3D</x:t>
   </x:si>
   <x:si>
-    <x:t>illustration et art digital</x:t>
+    <x:t>motion designer</x:t>
   </x:si>
   <x:si>
     <x:t>infographie</x:t>
   </x:si>
   <x:si>
-    <x:t>motion designer</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maîtriser les techniques de création d’assets de jeux vidéo (blender, modélisation, texturing et création d'assets)</x:t>
   </x:si>
   <x:si>
     <x:t>Mg Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel 3DSMAX</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Journaliste web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Marseille - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1286,125 +1286,125 @@
   <x:si>
     <x:t>Ecrire, filmer, monter une vidéo avec son smartphone</x:t>
   </x:si>
   <x:si>
     <x:t>Documentation audiovisuelle et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Graphiste</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>WordPress rédacteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illustrator initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Illustrator initiation</x:t>
-[...2 lines deleted...]
-    <x:t>09/11/2026 00:00:00</x:t>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel graphiste BC3 Gérer et coordonner des projets de communication visuelle</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Canva</x:t>
   </x:si>
   <x:si>
     <x:t>Acting jeu caméra</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress perfectionnement - Customisation de thèmes</x:t>
   </x:si>
   <x:si>
     <x:t>Zbrush : sculpture numérique</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Audition Intégrer et corriger du son</x:t>
@@ -2183,62 +2183,62 @@
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création et gestion de site web sous wordpress et stratégie de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Etincelle</x:t>
   </x:si>
   <x:si>
     <x:t>13710</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>designer en communication graphique éco-responsable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Supérieure de Design Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESDAC</x:t>
+  </x:si>
+  <x:si>
     <x:t>directeur artistique en design graphique</x:t>
   </x:si>
   <x:si>
-    <x:t>École Supérieure de Design Aix-en-Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Escial Académie</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ESADTPM</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de deuxième cycle supérieur de l'École nationale supérieure de la photographie d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor animation</x:t>
   </x:si>
   <x:si>
     <x:t>ECV Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>réalisateur animation 3D</x:t>
@@ -2483,62 +2483,62 @@
   <x:si>
     <x:t>Blender Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel image synthèse</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Dac Itecom</x:t>
   </x:si>
   <x:si>
     <x:t>Designer numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Designer numérique</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cifap</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant réalisateur</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Créez l'identité visuelle de votre marque avec Canva</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
@@ -2549,66 +2549,66 @@
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur intégrateur de solutions intranet/internet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Ceytyxia</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>Profil numérique - Développer des compétences numériques pour les entreprises agricoles et agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
@@ -4084,821 +4084,821 @@
       <x:c r="I13" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>614720</x:v>
+        <x:v>614721</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>614721</x:v>
+        <x:v>612663</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>71904</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>612663</x:v>
+        <x:v>608218</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>71904</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>608218</x:v>
+        <x:v>614719</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>71123</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>614719</x:v>
+        <x:v>613023</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>71910</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>613023</x:v>
+        <x:v>609709</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>72502</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>609709</x:v>
+        <x:v>614718</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>46370</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>614718</x:v>
+        <x:v>613045</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46370</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>613045</x:v>
+        <x:v>613046</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>46370</x:v>
+        <x:v>71904</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>613046</x:v>
+        <x:v>608215</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>71904</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>608215</x:v>
+        <x:v>609010</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>609010</x:v>
+        <x:v>609011</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>609011</x:v>
+        <x:v>606816</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71133</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>606816</x:v>
+        <x:v>614949</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>614949</x:v>
+        <x:v>614950</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>71133</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>614950</x:v>
+        <x:v>614720</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
@@ -11706,100 +11706,100 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554158</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>554153</x:v>
+        <x:v>509358</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11938,51 +11938,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>554151</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31090</x:v>
@@ -11992,51 +11992,51 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>547240</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>39</x:v>
@@ -12106,51 +12106,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>601665</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>34403</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -12267,114 +12267,114 @@
       <x:c r="K162" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>601661</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>509358</x:v>
+        <x:v>601661</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -13628,248 +13628,248 @@
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597110</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C187" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="J187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>593728</x:v>
+        <x:v>595126</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C188" s="15" t="s"/>
+      <x:c r="C188" s="15" t="n">
+        <x:v>39256</x:v>
+      </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="J188" s="14" t="s"/>
+      <x:c r="J188" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595126</x:v>
+        <x:v>593728</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C189" s="3" t="s"/>
+      <x:c r="C189" s="3" t="n">
+        <x:v>38268</x:v>
+      </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
+      <x:c r="J189" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595387</x:v>
+        <x:v>597374</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C190" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="J190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>597374</x:v>
+        <x:v>595387</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
@@ -15217,97 +15217,92 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>576700</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>584767</x:v>
+        <x:v>585515</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -15324,247 +15319,252 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>382</x:v>
-[...1 lines deleted...]
-      <x:c r="C219" s="3" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J219" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>31068</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>576443</x:v>
+        <x:v>584767</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="U219" s="4" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>576557</x:v>
+        <x:v>582058</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="U220" s="16" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>582058</x:v>
+        <x:v>576557</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="U221" s="4" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>585515</x:v>
+        <x:v>576443</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15639,478 +15639,478 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>584781</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>581315</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>581315</x:v>
+        <x:v>577080</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>379</x:v>
-[...1 lines deleted...]
-      <x:c r="C227" s="3" t="s"/>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>577080</x:v>
+        <x:v>586274</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>586274</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>423</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>581310</x:v>
+        <x:v>577971</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>581312</x:v>
+        <x:v>581310</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="U230" s="16" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>584763</x:v>
+        <x:v>581312</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>386</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="J232" s="14" t="s"/>
+      <x:c r="J232" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>72710</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>577971</x:v>
+        <x:v>584763</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="U232" s="16" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>53</x:v>
@@ -16279,51 +16279,51 @@
       <x:c r="M236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>585495</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>53</x:v>
@@ -16336,51 +16336,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>585504</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>53</x:v>
@@ -16691,51 +16691,51 @@
       <x:c r="M244" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31068</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>576444</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>53</x:v>
@@ -16859,51 +16859,51 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>581281</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>53</x:v>
@@ -17954,97 +17954,97 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>581284</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>581314</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
@@ -21555,51 +21555,51 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>597126</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>31090</x:v>
@@ -21666,51 +21666,51 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>597202</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>31090</x:v>
@@ -21720,51 +21720,51 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>596741</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
@@ -24378,160 +24378,159 @@
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>590018</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38018</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s"/>
+      <x:c r="E384" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>574456</x:v>
+        <x:v>553394</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>654</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>38018</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>553394</x:v>
+        <x:v>574456</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>652</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>40243</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
@@ -26544,151 +26543,151 @@
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>616015</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38595</x:v>
+        <x:v>39221</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>596997</x:v>
+        <x:v>592193</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>39221</x:v>
+        <x:v>38595</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>592193</x:v>
+        <x:v>596997</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -27038,51 +27037,51 @@
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>592302</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>39</x:v>
@@ -27095,51 +27094,51 @@
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>592194</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>46003</x:v>
@@ -28086,150 +28085,149 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>744</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>606183</x:v>
+        <x:v>597372</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>740</x:v>
-[...1 lines deleted...]
-      <x:c r="C452" s="15" t="s"/>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C452" s="15" t="n">
+        <x:v>41255</x:v>
+      </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>315</x:v>
-[...1 lines deleted...]
-      <x:c r="J452" s="14" t="s"/>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="J452" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>597372</x:v>
+        <x:v>606183</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -28576,51 +28574,51 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>596809</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>39</x:v>
@@ -29237,51 +29235,51 @@
       <x:c r="M471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>516849</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>37943</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
@@ -29296,51 +29294,51 @@
       <x:c r="M472" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>516867</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>26</x:v>
@@ -29902,329 +29900,330 @@
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>451882</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s"/>
+      <x:c r="E484" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>578910</x:v>
+        <x:v>554172</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>39764</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>614347</x:v>
+        <x:v>578910</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>805</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>554177</x:v>
+        <x:v>614347</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>584120</x:v>
+        <x:v>554177</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>39764</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>554172</x:v>
+        <x:v>584120</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -30412,51 +30411,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>508293</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -30469,51 +30468,51 @@
       <x:c r="M493" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>554165</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
@@ -30585,51 +30584,51 @@
       <x:c r="M495" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>554178</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -30644,59 +30643,59 @@
       <x:c r="M496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>554162</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>39855</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>39</x:v>
@@ -30751,100 +30750,100 @@
       <x:c r="L498" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>608286</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>608285</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
@@ -31402,216 +31401,213 @@
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>564566</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
-      <x:c r="E511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>587325</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>826</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>608306</x:v>
+        <x:v>587325</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>608305</x:v>
+        <x:v>608306</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
@@ -31623,111 +31619,114 @@
       <x:c r="K514" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>569997</x:v>
+        <x:v>608305</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>826</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
+      <x:c r="E515" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>614723</x:v>
+        <x:v>569997</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31855,54 +31854,54 @@
       <x:c r="L518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>608302</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -32158,51 +32157,51 @@
       <x:c r="M523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>583532</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
@@ -39760,145 +39759,145 @@
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>556172</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>930</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s"/>
       <x:c r="K666" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>556173</x:v>
+        <x:v>614445</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>933</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>614445</x:v>
+        <x:v>556173</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>937</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">