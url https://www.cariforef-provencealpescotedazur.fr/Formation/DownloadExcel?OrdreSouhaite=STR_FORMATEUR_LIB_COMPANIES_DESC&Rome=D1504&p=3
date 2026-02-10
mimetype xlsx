--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -212,126 +212,126 @@
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable en gestion d'activité opérationnelle spécificité finance et gestion d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion centre profit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable en gestion d'activité opérationnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Visiplus</x:t>
-[...11 lines deleted...]
-    <x:t>BIOT</x:t>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable en gestion d'activité opérationnelle spécificité finance et gestion d'entreprise</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'établissement marchand (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'établissement marchand (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
@@ -1298,51 +1298,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>613732</x:v>
+        <x:v>559216</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1355,105 +1355,105 @@
       <x:c r="K6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>559216</x:v>
+        <x:v>559226</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>559226</x:v>
+        <x:v>578822</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -1466,51 +1466,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>578831</x:v>
+        <x:v>613742</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -1520,114 +1520,114 @@
       <x:c r="K9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>578822</x:v>
+        <x:v>578831</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>613742</x:v>
+        <x:v>613732</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -1747,51 +1747,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>599450</x:v>
+        <x:v>599452</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
@@ -1804,51 +1804,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>599452</x:v>
+        <x:v>599450</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2093,54 +2093,54 @@
       <x:c r="L19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>601328</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2269,51 +2269,51 @@
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>608040</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2323,51 +2323,51 @@
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>608036</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2377,51 +2377,51 @@
       <x:c r="L24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>554847</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37865</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -2434,54 +2434,54 @@
       <x:c r="L25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>608623</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -2666,54 +2666,54 @@
       <x:c r="L29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>611177</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35199</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -2726,51 +2726,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31837</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>513366</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38666</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -3087,51 +3087,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>607506</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>