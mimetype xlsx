--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -557,57 +557,57 @@
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent d'Altitude</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Charles de Gaulle</x:t>
   </x:si>
   <x:si>
     <x:t>84405</x:t>
   </x:si>
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent A. Honnorat</x:t>
   </x:si>
   <x:si>
     <x:t>04400</x:t>
   </x:si>
@@ -2952,57 +2952,57 @@
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>553848</x:v>
+        <x:v>607407</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -3011,57 +3011,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>607407</x:v>
+        <x:v>504004</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3127,57 +3127,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>504004</x:v>
+        <x:v>553848</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3648,405 +3648,405 @@
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>547194</x:v>
+        <x:v>502483</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>502489</x:v>
+        <x:v>547194</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605434</x:v>
+        <x:v>502489</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>605437</x:v>
+        <x:v>605434</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>547197</x:v>
+        <x:v>605437</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547195</x:v>
+        <x:v>547197</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>502483</x:v>
+        <x:v>547195</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
@@ -4290,172 +4290,172 @@
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>609643</x:v>
+        <x:v>519476</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>519476</x:v>
+        <x:v>557205</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>557205</x:v>
+        <x:v>557206</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -4471,57 +4471,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>557206</x:v>
+        <x:v>609643</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>93</x:v>
@@ -5533,57 +5533,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>446196</x:v>
+        <x:v>510968</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>102</x:v>
@@ -5594,57 +5594,57 @@
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>510968</x:v>
+        <x:v>446196</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6857,114 +6857,114 @@
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>547546</x:v>
+        <x:v>492903</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>492903</x:v>
+        <x:v>547546</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="U83" s="4" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7943,148 +7943,148 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>595825</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>595737</x:v>
+        <x:v>593013</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>593013</x:v>
+        <x:v>595737</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>157</x:v>
@@ -8952,148 +8952,148 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>595816</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>593032</x:v>
+        <x:v>595731</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>595731</x:v>
+        <x:v>593032</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
@@ -11505,148 +11505,148 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>595720</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>593007</x:v>
+        <x:v>595794</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>595794</x:v>
+        <x:v>593007</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
@@ -12561,148 +12561,148 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>593043</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>595808</x:v>
+        <x:v>595710</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>595710</x:v>
+        <x:v>595808</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -16025,389 +16025,388 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>509787</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>479105</x:v>
+        <x:v>606211</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>558609</x:v>
+        <x:v>479105</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>606211</x:v>
+        <x:v>558609</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
-      <x:c r="E249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>604612</x:v>
+        <x:v>581331</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s"/>
+      <x:c r="E250" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>581331</x:v>
+        <x:v>494838</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>494838</x:v>
+        <x:v>604612</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16878,51 +16877,51 @@
       <x:c r="L260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>526777</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16991,51 +16990,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>556709</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17213,51 +17212,51 @@
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>542222</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17617,57 +17616,57 @@
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>496733</x:v>
+        <x:v>601053</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -17676,114 +17675,114 @@
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>601053</x:v>
+        <x:v>496733</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>601052</x:v>
+        <x:v>601050</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -17792,57 +17791,57 @@
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>601050</x:v>
+        <x:v>601052</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19947,57 +19946,57 @@
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>553672</x:v>
+        <x:v>448700</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20007,57 +20006,57 @@
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>448700</x:v>
+        <x:v>553672</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>58</x:v>
@@ -20189,57 +20188,57 @@
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>553238</x:v>
+        <x:v>604787</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20249,57 +20248,57 @@
       <x:c r="K319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>553239</x:v>
+        <x:v>553238</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>58</x:v>
@@ -20310,57 +20309,57 @@
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>604787</x:v>
+        <x:v>553239</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -20470,139 +20469,139 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>501657</x:v>
+        <x:v>448721</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>448721</x:v>
+        <x:v>501657</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -22699,51 +22698,51 @@
       <x:c r="L360" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>551888</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
@@ -23356,57 +23355,57 @@
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>459317</x:v>
+        <x:v>498189</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>461</x:v>
@@ -23417,57 +23416,57 @@
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>498189</x:v>
+        <x:v>548588</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
@@ -23477,57 +23476,57 @@
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>548588</x:v>
+        <x:v>459317</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>461</x:v>
@@ -23792,164 +23791,164 @@
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>607488</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>600482</x:v>
+        <x:v>547072</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>547072</x:v>
+        <x:v>600482</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -25130,57 +25129,57 @@
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>607764</x:v>
+        <x:v>552424</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -25189,57 +25188,57 @@
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>552424</x:v>
+        <x:v>607764</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>