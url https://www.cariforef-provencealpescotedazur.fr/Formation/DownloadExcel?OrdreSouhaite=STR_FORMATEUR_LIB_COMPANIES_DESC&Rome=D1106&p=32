--- v0 (2026-02-10)
+++ v1 (2026-02-11)
@@ -593,68 +593,68 @@
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique Les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Agricole</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP crémier-fromager (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
+    <x:t>Fromage</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP crémier-fromager (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>CAP équipier polyvalent du commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
@@ -1106,89 +1106,89 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
+    <x:t>Employé polyvalent produits frais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingéneria Projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeurs en boulangerie/pâtisserie/snacking</x:t>
   </x:si>
   <x:si>
-    <x:t>France Travail</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Employé polyvalent produits frais</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
@@ -1241,56 +1241,56 @@
   <x:si>
     <x:t>Titre Professionnel Employé commercial</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Equipier Polyvalent du Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de Spécialisation Vendeur Conseil en Alimentation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
@@ -1388,62 +1388,62 @@
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Boulangerie Noé</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -1469,57 +1469,57 @@
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>CTM vendeur en boulangerie-pâtisserie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Pâtisserie</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation vente-conseil en boucherie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charcuterie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Charcuterie</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
@@ -5370,438 +5370,438 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596673</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>37533</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21504</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>554260</x:v>
+        <x:v>554263</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>506195</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>506233</x:v>
+        <x:v>554260</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>37533</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>21504</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P59" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>554263</x:v>
+        <x:v>506233</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="P60" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>611634</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>554261</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>554262</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
@@ -5811,54 +5811,54 @@
       <x:c r="G63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>611633</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
@@ -6181,86 +6181,86 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>594525</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>559014</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -9883,57 +9883,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601971</x:v>
+        <x:v>601970</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -9946,51 +9946,51 @@
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>546934</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>340</x:v>
@@ -10004,109 +10004,109 @@
       <x:c r="K136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>601970</x:v>
+        <x:v>601971</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>581161</x:v>
+        <x:v>580095</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="G138" s="14" t="s">
         <x:v>350</x:v>
@@ -10118,118 +10118,118 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>580095</x:v>
+        <x:v>581161</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>580096</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>359</x:v>
@@ -11699,54 +11699,54 @@
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>600405</x:v>
+        <x:v>600406</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
@@ -11758,117 +11758,117 @@
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>600408</x:v>
+        <x:v>600405</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>600406</x:v>
+        <x:v>600408</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
@@ -11877,230 +11877,230 @@
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>599070</x:v>
+        <x:v>614350</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>8812</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>31734</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>608341</x:v>
+        <x:v>600407</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>614350</x:v>
+        <x:v>608341</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>600407</x:v>
+        <x:v>599070</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -12504,57 +12504,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>493625</x:v>
+        <x:v>600403</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12615,57 +12615,57 @@
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>600403</x:v>
+        <x:v>493625</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -13755,172 +13755,172 @@
       <x:c r="K200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>548674</x:v>
+        <x:v>454910</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>454910</x:v>
+        <x:v>548844</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37099</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31734</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>548844</x:v>
+        <x:v>548674</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -14121,51 +14121,51 @@
       <x:c r="L206" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>585218</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
@@ -14871,51 +14871,51 @@
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>566631</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
@@ -14984,51 +14984,51 @@
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>566633</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>351</x:v>
@@ -15439,637 +15439,638 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>583321</x:v>
+        <x:v>583319</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>569975</x:v>
+        <x:v>583321</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>598730</x:v>
+        <x:v>569975</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="U231" s="4" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>600051</x:v>
+        <x:v>598730</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>572859</x:v>
+        <x:v>600051</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>548178</x:v>
+        <x:v>572859</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>569976</x:v>
+        <x:v>548178</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>609636</x:v>
+        <x:v>569976</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
-      <x:c r="E237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>600052</x:v>
+        <x:v>609636</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>577270</x:v>
+        <x:v>600052</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>583319</x:v>
+        <x:v>577270</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16371,57 +16372,57 @@
       <x:c r="K245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>500416</x:v>
+        <x:v>570566</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37602</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>456</x:v>
@@ -16432,57 +16433,57 @@
       <x:c r="K246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>570566</x:v>
+        <x:v>500416</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
@@ -16789,51 +16790,51 @@
       <x:c r="I252" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>553695</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
@@ -16849,51 +16850,51 @@
       <x:c r="I253" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>604851</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
@@ -16910,51 +16911,51 @@
       <x:c r="I254" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>501568</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
@@ -16970,305 +16971,305 @@
       <x:c r="I255" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>564091</x:v>
+        <x:v>604850</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>604850</x:v>
+        <x:v>564091</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>604900</x:v>
+        <x:v>501521</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>501521</x:v>
+        <x:v>553677</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>553677</x:v>
+        <x:v>604900</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>114</x:v>
@@ -17474,210 +17475,210 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>553308</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>553266</x:v>
+        <x:v>604828</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38636</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>21589</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P265" s="0" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>604828</x:v>
+        <x:v>553266</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>501705</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
@@ -17693,112 +17694,112 @@
       <x:c r="H267" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>553267</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="P268" s="14" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>553291</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
@@ -17814,51 +17815,51 @@
       <x:c r="H269" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>604809</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
@@ -17875,51 +17876,51 @@
       <x:c r="H270" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>604796</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
@@ -17935,51 +17936,51 @@
       <x:c r="H271" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>604808</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
@@ -18138,466 +18139,466 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>588406</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>553353</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>39257</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>604114</x:v>
+        <x:v>604113</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>37566</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>21576</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>604117</x:v>
+        <x:v>501771</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>37310</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>501771</x:v>
+        <x:v>604114</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38636</x:v>
+        <x:v>37566</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>21589</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>604113</x:v>
+        <x:v>604117</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>37310</x:v>
+        <x:v>37566</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21576</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>553319</x:v>
+        <x:v>553347</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>37566</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>21576</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>553347</x:v>
+        <x:v>553319</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>114</x:v>
@@ -18608,57 +18609,57 @@
       <x:c r="K282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>553211</x:v>
+        <x:v>502163</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -18668,57 +18669,57 @@
       <x:c r="K283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>502163</x:v>
+        <x:v>553211</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>114</x:v>
@@ -18803,86 +18804,86 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>502047</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>604254</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
@@ -18985,85 +18986,85 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>604233</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>552901</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
@@ -19213,117 +19214,117 @@
       <x:c r="K292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>604777</x:v>
+        <x:v>502263</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>37310</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>502263</x:v>
+        <x:v>604745</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>114</x:v>
@@ -19334,57 +19335,57 @@
       <x:c r="K294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>604745</x:v>
+        <x:v>502231</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -19394,118 +19395,118 @@
       <x:c r="K295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>502231</x:v>
+        <x:v>604746</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>604746</x:v>
+        <x:v>552786</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -19515,57 +19516,57 @@
       <x:c r="K297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>552786</x:v>
+        <x:v>604777</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>114</x:v>
@@ -19739,360 +19740,360 @@
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>552771</x:v>
+        <x:v>552732</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>552732</x:v>
+        <x:v>552771</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>607555</x:v>
+        <x:v>607556</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>607556</x:v>
+        <x:v>607555</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>607576</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>552774</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
@@ -20294,51 +20295,51 @@
       <x:c r="I310" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>572753</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
@@ -21806,57 +21807,57 @@
       <x:c r="K335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>567847</x:v>
+        <x:v>604306</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>37566</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>296</x:v>
@@ -21867,57 +21868,57 @@
       <x:c r="K336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>604306</x:v>
+        <x:v>567847</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -22340,51 +22341,51 @@
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>601423</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -22397,51 +22398,51 @@
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>601422</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>